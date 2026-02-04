--- v0 (2025-11-23)
+++ v1 (2026-02-04)
@@ -9,425 +9,5258 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="325" uniqueCount="325">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Model</t>
   </si>
   <si>
     <t>Manufacturer</t>
   </si>
   <si>
-    <t>Price</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Price (Incl)</t>
+  </si>
+  <si>
+    <t>Price (Excl)</t>
   </si>
   <si>
     <t>Special Price</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>GPO SPECTRA 8x  1-8x24i</t>
   </si>
   <si>
     <t>RSX801</t>
   </si>
   <si>
     <t>GPO</t>
   </si>
   <si>
     <t>GPO TAC Spotter 15-45x60</t>
   </si>
   <si>
     <t>TS100</t>
   </si>
   <si>
-    <t>J Tomcat ST-424J</t>
-[...2 lines deleted...]
-    <t>Jager Tomcat ST-424</t>
+    <t>Jager 30mm Scope Bubble Level Black</t>
+  </si>
+  <si>
+    <t>JASCBL30</t>
   </si>
   <si>
     <t>Jager</t>
   </si>
   <si>
-    <t>J Tomcat ST-424J LH-55 COMB0</t>
-[...11 lines deleted...]
-    <t>JH-55 Ballhead</t>
+    <t>Black Jager 30mm Scope Bubble Level&amp;nbsp;..</t>
+  </si>
+  <si>
+    <t>Jager JH-55 Ballhead</t>
   </si>
   <si>
     <t>JH-55j</t>
   </si>
   <si>
+    <t>Jager ST-424J</t>
+  </si>
+  <si>
+    <t>Tomcat ST-424</t>
+  </si>
+  <si>
+    <t>Jager ST-424J LH-55 COMB0</t>
+  </si>
+  <si>
+    <t>ST-424J-LH-55 COMBO</t>
+  </si>
+  <si>
+    <t>Robust -D5 (Damascus)</t>
+  </si>
+  <si>
+    <t>Robust -D5</t>
+  </si>
+  <si>
+    <t>Robust</t>
+  </si>
+  <si>
     <t>Weatherby Vanguard / Howa WTHBY-1 (1.5-4lbs)</t>
   </si>
   <si>
     <t>WTHBY-1 Black</t>
   </si>
   <si>
     <t>RifleBasix</t>
   </si>
   <si>
     <t>Weatherby Vanguard / Howa WTHBY-V (12oz-1.5lbs)</t>
   </si>
   <si>
-    <t>HOWA-WTHBY-V</t>
+    <t>WTHBY-V</t>
   </si>
   <si>
     <t>3 Slot Swivel Stud Kit</t>
   </si>
   <si>
     <t>Gunstuff</t>
   </si>
   <si>
+    <t>Swivel Stud Kit
+3 Slot Swivel Stud Kit Bipod Adaptor Sling Adapter Bipod Adapter..</t>
+  </si>
+  <si>
     <t>AC Anvil</t>
   </si>
   <si>
     <t>AC390</t>
   </si>
   <si>
     <t>AltitudeCraft</t>
   </si>
   <si>
     <t>AC Carbon Scraping Tool</t>
   </si>
   <si>
     <t>AC331</t>
   </si>
   <si>
+    <t>AC Comparator Body</t>
+  </si>
+  <si>
+    <t>AC393</t>
+  </si>
+  <si>
+    <t>Additional body for AltitudeCraft Bullet and headspace kits...</t>
+  </si>
+  <si>
     <t>AC CompKit1</t>
   </si>
   <si>
     <t>AC272</t>
+  </si>
+  <si>
+    <t>AC CompKit2</t>
+  </si>
+  <si>
+    <t>AC200</t>
+  </si>
+  <si>
+    <t>AC CompKit3</t>
+  </si>
+  <si>
+    <t>AC 270</t>
+  </si>
+  <si>
+    <t>AC Glock Footprint</t>
+  </si>
+  <si>
+    <t>AC311</t>
+  </si>
+  <si>
+    <t>AC OAL Guage</t>
+  </si>
+  <si>
+    <t>AC294</t>
+  </si>
+  <si>
+    <t>AND FX-120i</t>
+  </si>
+  <si>
+    <t>FX 120i</t>
+  </si>
+  <si>
+    <t>AND</t>
+  </si>
+  <si>
+    <t>AND FZ-120i</t>
+  </si>
+  <si>
+    <t>FZ 120i</t>
+  </si>
+  <si>
+    <t>GPO CENTURI 3-18x50i – MOAi reticle</t>
+  </si>
+  <si>
+    <t>RCX651</t>
+  </si>
+  <si>
+    <t>R11,442.50</t>
+  </si>
+  <si>
+    <t>GPO CENTURI 4-16x44i FFP Compact</t>
+  </si>
+  <si>
+    <t>RC450</t>
+  </si>
+  <si>
+    <t>GPO CENTURI 4x 3-12x44i Compact G4i Fiber SFP</t>
+  </si>
+  <si>
+    <t>RC420</t>
+  </si>
+  <si>
+    <t>GPO PASSION 20-60×85 APO</t>
+  </si>
+  <si>
+    <t>SP300</t>
+  </si>
+  <si>
+    <t>GPO PASSION ED 10×42 Binocular Black</t>
+  </si>
+  <si>
+    <t>B360</t>
+  </si>
+  <si>
+    <t>GPO PASSION ED 10×42 Binocular Green</t>
+  </si>
+  <si>
+    <t>B361</t>
+  </si>
+  <si>
+    <t>GPO PASSION ED 10×42 Binocular Sand</t>
+  </si>
+  <si>
+    <t>B362</t>
+  </si>
+  <si>
+    <t>GPO PASSION ED 8×32 Binocular Black</t>
+  </si>
+  <si>
+    <t>B300</t>
+  </si>
+  <si>
+    <t>GPO PASSION ED 8×32 Binocular Green</t>
+  </si>
+  <si>
+    <t>B301</t>
+  </si>
+  <si>
+    <t>GPO PASSION ED 8×32 Binocular Sand</t>
+  </si>
+  <si>
+    <t>B302</t>
+  </si>
+  <si>
+    <t>GPO PASSION HD 10×50 Binocular</t>
+  </si>
+  <si>
+    <t>B660</t>
+  </si>
+  <si>
+    <t>GPO PASSION™ 16-48×65 APO</t>
+  </si>
+  <si>
+    <t>SP200</t>
+  </si>
+  <si>
+    <t>GPO RANGEGUIDE 3000 10x32</t>
+  </si>
+  <si>
+    <t>BX711</t>
+  </si>
+  <si>
+    <t>GPO RANGETRACKER 2000</t>
+  </si>
+  <si>
+    <t>HLRF2000</t>
+  </si>
+  <si>
+    <t>GPO SPECTRA 4X 4-16x50i</t>
+  </si>
+  <si>
+    <t>RSX442</t>
+  </si>
+  <si>
+    <t>GPO SPECTRA 6x 4,5-27x50i SFP CCW</t>
+  </si>
+  <si>
+    <t>RS673</t>
+  </si>
+  <si>
+    <t>GPO SPECTRA 8x 1,6-13x44i</t>
+  </si>
+  <si>
+    <t>RSX810</t>
+  </si>
+  <si>
+    <t>GPO SPECTRA 8x 2-16x50i</t>
+  </si>
+  <si>
+    <t>RSX822</t>
+  </si>
+  <si>
+    <t>GPO SPECTRA Dot</t>
+  </si>
+  <si>
+    <t>RD100</t>
+  </si>
+  <si>
+    <t>GPO SPECTRA Pistol Reflex Dot</t>
+  </si>
+  <si>
+    <t>RD 120</t>
+  </si>
+  <si>
+    <t>GPO SPECTRA™ 6x 4.5-27x50i FFP PLRi</t>
+  </si>
+  <si>
+    <t>RS672</t>
+  </si>
+  <si>
+    <t>Hitmarker</t>
+  </si>
+  <si>
+    <t>MI Hitmarker</t>
+  </si>
+  <si>
+    <t>Mc Donald Innovations</t>
+  </si>
+  <si>
+    <t>Jager 34mm Scope Bubble Level Black</t>
+  </si>
+  <si>
+    <t>JASCBR34</t>
+  </si>
+  <si>
+    <t>Black&amp;nbsp;Jager&amp;nbsp; 34mm Scope Bubble Level..</t>
+  </si>
+  <si>
+    <t>Jager DT-02RX Fluid Head</t>
+  </si>
+  <si>
+    <t>DT-02RX</t>
+  </si>
+  <si>
+    <t>Jager Hunting Rest Quick Release Plate Clamp</t>
+  </si>
+  <si>
+    <t>JCAP1</t>
+  </si>
+  <si>
+    <t>Jager Quick release clamp
+&amp;nbsp;Hunting Rest Clamp Quick Release Plate Clamp Tripod Mount Adapter for Tripod Camera Base..</t>
+  </si>
+  <si>
+    <t>LINKOGEAR Arca Swiss M-LOK Plate PUM-60</t>
+  </si>
+  <si>
+    <t>PUM-60</t>
+  </si>
+  <si>
+    <t>LinkoGEAR</t>
+  </si>
+  <si>
+    <t>Linkogear Carbon Fiber Tripod – Picatinny/Arca</t>
+  </si>
+  <si>
+    <t>HT-223AM</t>
+  </si>
+  <si>
+    <t>LinkoGEAR HB-C01 Bipod</t>
+  </si>
+  <si>
+    <t>HB-C01</t>
+  </si>
+  <si>
+    <t>LinkoGEAR HB-C01L Bipod</t>
+  </si>
+  <si>
+    <t>HB-C01L</t>
+  </si>
+  <si>
+    <t>LinkoGEAR HB-C02 Bipod</t>
+  </si>
+  <si>
+    <t>HB-C02</t>
+  </si>
+  <si>
+    <t>LinkoGEAR HB-C02M Bipod</t>
+  </si>
+  <si>
+    <t>HB-C02M</t>
+  </si>
+  <si>
+    <t>LinkoGEAR HB-C03 Bipod</t>
+  </si>
+  <si>
+    <t>HB-C03</t>
+  </si>
+  <si>
+    <t>LinkoGEAR HB-C04 Bipod</t>
+  </si>
+  <si>
+    <t>HB-C04</t>
+  </si>
+  <si>
+    <t>LinkoGEAR HB-C05 Bipod</t>
+  </si>
+  <si>
+    <t>HB-C05</t>
+  </si>
+  <si>
+    <t>LinkoGEAR HB-C05M Bipod</t>
+  </si>
+  <si>
+    <t>HB-C05M</t>
+  </si>
+  <si>
+    <t>LinkoGEAR PA-03 Swivel</t>
+  </si>
+  <si>
+    <t>PA-03</t>
+  </si>
+  <si>
+    <t>Swivel Stud LinkoGEAR..</t>
+  </si>
+  <si>
+    <t>LinkoGEAR PA-13</t>
+  </si>
+  <si>
+    <t>PA-13</t>
+  </si>
+  <si>
+    <t>LinkoGEAR PA-15</t>
+  </si>
+  <si>
+    <t>PA-15</t>
+  </si>
+  <si>
+    <t>LinkoGEAR PA-25_27</t>
+  </si>
+  <si>
+    <t>PA-25_27</t>
+  </si>
+  <si>
+    <t>Linkogear Universal Bipod Feet</t>
+  </si>
+  <si>
+    <t>BSP-02</t>
+  </si>
+  <si>
+    <t>BSP-01</t>
+  </si>
+  <si>
+    <t>Linkogear Universal Bipod Feet BSP-03 Aluminum - Pair</t>
+  </si>
+  <si>
+    <t>BSP-03</t>
+  </si>
+  <si>
+    <t>MDT Adjustable Bag Rider</t>
+  </si>
+  <si>
+    <t>MDT ABR</t>
+  </si>
+  <si>
+    <t>MI AutoTricklerV4</t>
+  </si>
+  <si>
+    <t>V4 AutoTrickler</t>
+  </si>
+  <si>
+    <t>MI Shotmarker1</t>
+  </si>
+  <si>
+    <t>Shotmarker</t>
+  </si>
+  <si>
+    <t>MI V3 Pulley Belts</t>
+  </si>
+  <si>
+    <t>V3 Pulley Belt</t>
+  </si>
+  <si>
+    <t>MI V4 Replacement Windows</t>
+  </si>
+  <si>
+    <t>V4Windows</t>
+  </si>
+  <si>
+    <t>Replacement Windows for the V4 Auto Trickler -&amp;nbsp;Pair of replacement acrylic windows for the front and back of the V4 housing...</t>
+  </si>
+  <si>
+    <t>Powder MAX</t>
+  </si>
+  <si>
+    <t>PMAX</t>
+  </si>
+  <si>
+    <t>Powder MAX I</t>
+  </si>
+  <si>
+    <t>PMAX I</t>
+  </si>
+  <si>
+    <t>Powder MAX I GN scale
+Electronic Digital Weighting 50g 0.001g, .00GN Portable High-precision Professional Pocket Laboratory Scale..</t>
+  </si>
+  <si>
+    <t>Powder MAX II GN scale</t>
+  </si>
+  <si>
+    <t>PMAX II</t>
+  </si>
+  <si>
+    <t>&amp;nbsp;PW-5I GN scale
+Powder Max II .001G or .00GN 20g Mini Electronic White Backlight Weight Touch Pocket Scale with USB..</t>
+  </si>
+  <si>
+    <t>Rbst Absolute Digimatic 200mm Caliper</t>
+  </si>
+  <si>
+    <t>RbstCal200</t>
+  </si>
+  <si>
+    <t>Rbst</t>
+  </si>
+  <si>
+    <t>Rbst Absolute Digimatic Caliper 150mm</t>
+  </si>
+  <si>
+    <t>RbstCal150</t>
+  </si>
+  <si>
+    <t>RelKitCombo</t>
+  </si>
+  <si>
+    <t>Precision Combo</t>
+  </si>
+  <si>
+    <t>Remington 700 (1.5lbs-4lbs) Hunting Trigger w/ Safety</t>
+  </si>
+  <si>
+    <t>L-1K Black / Silver</t>
+  </si>
+  <si>
+    <t>Remington 700 (2oz-6oz) Target Trigger w/Safety</t>
+  </si>
+  <si>
+    <t>L-3K</t>
+  </si>
+  <si>
+    <t>Remington 700 (4oz-20oz) Varm/Targ Trigger w/Safety</t>
+  </si>
+  <si>
+    <t>ERV-3 K</t>
+  </si>
+  <si>
+    <t>Remington 700 (8oz-1.5lbs) Black</t>
+  </si>
+  <si>
+    <t>LV-1K Black / Silver</t>
+  </si>
+  <si>
+    <t>Remington 700 REM-SAF</t>
+  </si>
+  <si>
+    <t>REM-SAF</t>
+  </si>
+  <si>
+    <t>Robust - T3-T7 (Split Combo)</t>
+  </si>
+  <si>
+    <t>Robust - Split Combo</t>
+  </si>
+  <si>
+    <t>Robust -T5S</t>
+  </si>
+  <si>
+    <t>Robust -T6</t>
+  </si>
+  <si>
+    <t>Robust - T6</t>
+  </si>
+  <si>
+    <t>Robust -T7</t>
+  </si>
+  <si>
+    <t>Robust - T7</t>
+  </si>
+  <si>
+    <t>Robust T2C</t>
+  </si>
+  <si>
+    <t>T2C</t>
+  </si>
+  <si>
+    <t>Ruger M77 MK II Varmint / Target (8oz-3lb)</t>
+  </si>
+  <si>
+    <t>RU-VT</t>
+  </si>
+  <si>
+    <t>Savage Arms (Universal)</t>
+  </si>
+  <si>
+    <t>SAV-2</t>
+  </si>
+  <si>
+    <t>Savage Arms 110  14oz-3lbs</t>
+  </si>
+  <si>
+    <t>SAV-1</t>
+  </si>
+  <si>
+    <t>Savage Arms Trigger Sear w/o AccuTrigger</t>
+  </si>
+  <si>
+    <t>T– SAV-R</t>
+  </si>
+  <si>
+    <t>Savage Arms – Rimfire w/ AccuTrigger</t>
+  </si>
+  <si>
+    <t>SAV-RAT</t>
+  </si>
+  <si>
+    <t>Scope Picatinny Mount 30mm</t>
+  </si>
+  <si>
+    <t>PI30</t>
+  </si>
+  <si>
+    <t>Accessory mount for Scope Tube..</t>
+  </si>
+  <si>
+    <t>Scope Picatinny Mount 34mm</t>
+  </si>
+  <si>
+    <t>PI34</t>
+  </si>
+  <si>
+    <t>Accessory mount for devices such as additional Red Dot..SG Pulse etc..</t>
+  </si>
+  <si>
+    <t>SG Pulse Pro Shooting Assistant</t>
+  </si>
+  <si>
+    <t>SG Pulse Pro</t>
+  </si>
+  <si>
+    <t>Shooters Global</t>
+  </si>
+  <si>
+    <t>SG Timer GO</t>
+  </si>
+  <si>
+    <t>SGPulse (Includes M-Lok and Piccantiny mount)</t>
+  </si>
+  <si>
+    <t>SG Pulse</t>
+  </si>
+  <si>
+    <t>SGPulse Pro Ocular set</t>
+  </si>
+  <si>
+    <t>SG Pulse Pro Ocular Set</t>
+  </si>
+  <si>
+    <t>STG (Gen 1 )  Adjustable Bag Rider</t>
+  </si>
+  <si>
+    <t>STG Adjustable Bag Rider (Gen 1 )</t>
+  </si>
+  <si>
+    <t>Stilte Gray 21db Reusable earplugs</t>
+  </si>
+  <si>
+    <t>Stilte2G</t>
+  </si>
+  <si>
+    <t>Stilte</t>
+  </si>
+  <si>
+    <t>StilteBlack 26db - Reusable Earplugs</t>
+  </si>
+  <si>
+    <t>StilteB</t>
+  </si>
+  <si>
+    <t>StilteBlack 26db - Reusable Earplugs
+Stilte Black, fitted with a SNR28db filter it is ideal to filter out unwanted noise...</t>
+  </si>
+  <si>
+    <t>Warrior Adjustable Bag Rider</t>
+  </si>
+  <si>
+    <t>Weighing Cup</t>
+  </si>
+  <si>
+    <t>WeighingCup</t>
+  </si>
+  <si>
+    <t>Powder Scale Weighing Cup
+Milligram Cup for Reloading Labs, capable to take most loads
+&amp;nbsp;..</t>
+  </si>
+  <si>
+    <t>Winchester 12oz – 4lbs pull (Model 70 centrefire)</t>
+  </si>
+  <si>
+    <t>WIN-1</t>
+  </si>
+  <si>
+    <t>GPO RANGEGUIDE 3200 10×40</t>
+  </si>
+  <si>
+    <t>BX733</t>
+  </si>
+  <si>
+    <t>Jager Bobcat ST-402J Tripod</t>
+  </si>
+  <si>
+    <t>ST-402J</t>
+  </si>
+  <si>
+    <t>Jager ST-402J - JH55 Tripod Combo</t>
+  </si>
+  <si>
+    <t>Jager Tripod Combo</t>
+  </si>
+  <si>
+    <t>JH-324C</t>
+  </si>
+  <si>
+    <t>MI V4 Spare Parts Kit</t>
+  </si>
+  <si>
+    <t>V4 Spare Parts Kit</t>
+  </si>
+  <si>
+    <t>Robust -T5BR</t>
+  </si>
+  <si>
+    <t>Robust T-5 BR</t>
+  </si>
+  <si>
+    <t>V4 AutoTrickler / AND - FX COMBO</t>
+  </si>
+  <si>
+    <t>V4_AND &amp;quot;FX&amp;quot; Combo</t>
+  </si>
+  <si>
+    <t>AND FX120i scale and V4 Trickler combo..</t>
+  </si>
+  <si>
+    <t>V4 AutoTrickler /AND - FZ COMBO</t>
+  </si>
+  <si>
+    <t>V4_AND &amp;quot;FZ&amp;quot; Combo</t>
+  </si>
+  <si>
+    <t>AND FZ120i scale and V4 Trickler combo..</t>
+  </si>
+  <si>
+    <t>GPO CENTURI 4-16x44i – G4i reticle</t>
+  </si>
+  <si>
+    <t>RCX441</t>
+  </si>
+  <si>
+    <t>GPO CENTURI 4-16x44i – MOAi reticle</t>
+  </si>
+  <si>
+    <t>RC440</t>
+  </si>
+  <si>
+    <t>GPO PASSION HD 15×50 Binocular</t>
+  </si>
+  <si>
+    <t>B700</t>
+  </si>
+  <si>
+    <t>GPO PASSION SD 10×42</t>
+  </si>
+  <si>
+    <t>B250</t>
+  </si>
+  <si>
+    <t>GPO PASSION SD 8×42</t>
+  </si>
+  <si>
+    <t>B240</t>
+  </si>
+  <si>
+    <t>GPO PASSION™ ED 10×56</t>
+  </si>
+  <si>
+    <t>B420</t>
+  </si>
+  <si>
+    <t>GPO SPECTRA 4x 2.5-10x44i</t>
+  </si>
+  <si>
+    <t>RS421</t>
+  </si>
+  <si>
+    <t>GPO SPECTRA 6X 1.5-9x44i</t>
+  </si>
+  <si>
+    <t>RS630</t>
+  </si>
+  <si>
+    <t>Quick Anneal  - Feeder Large up to .338 and or optional 33/37XC</t>
+  </si>
+  <si>
+    <t>Quick Anneal Feeder</t>
+  </si>
+  <si>
+    <t>GPO USA Centuri 2.5-15x50 G4i</t>
+  </si>
+  <si>
+    <t>RCX637</t>
+  </si>
+  <si>
+    <t>MI V4 Hopper</t>
+  </si>
+  <si>
+    <t>V4 Hopper</t>
+  </si>
+  <si>
+    <t>MI V3 Electronics</t>
+  </si>
+  <si>
+    <t>Replacement Board V3</t>
+  </si>
+  <si>
+    <t>Replacement Board for the V3 Autotrickler..</t>
+  </si>
+  <si>
+    <t>MI V3 Spare Parts Kit</t>
+  </si>
+  <si>
+    <t>V3 Spare Parts Kit</t>
+  </si>
+  <si>
+    <t>Includes:
+	Glass Cup
+	V3 Centering Tray
+	V3 Funnel
+	V3 AutoTrickler Pulley Belts (5)
+	Roof Clips (4)
+Not suitable for V4 AutoTrickler...</t>
+  </si>
+  <si>
+    <t>MI V3 Timing Belt</t>
+  </si>
+  <si>
+    <t>V3 Timing Belt</t>
+  </si>
+  <si>
+    <t>MI V4 / V3 Cup</t>
+  </si>
+  <si>
+    <t>V4 Cup</t>
+  </si>
+  <si>
+    <t>Cup for V4 and V3 Auto Trickler
+Cup for the V3 / V4 Autotrickler..</t>
+  </si>
+  <si>
+    <t>MI V4 Timing Belt Set</t>
+  </si>
+  <si>
+    <t>V4 Timing Belt Set</t>
+  </si>
+  <si>
+    <t>Robust -T1</t>
+  </si>
+  <si>
+    <t>Marlin Rimfire (1lb – 2.5lb pull)</t>
+  </si>
+  <si>
+    <t>MAR-1</t>
+  </si>
+  <si>
+    <t>Robust -T3</t>
+  </si>
+  <si>
+    <t>Robust T-3</t>
+  </si>
+  <si>
+    <t>Ruger All Centerfire’s (14oz-2.5lb)</t>
+  </si>
+  <si>
+    <t>RU-MK II</t>
+  </si>
+  <si>
+    <t>Ruger Rimfire .22 &amp;amp; .17 (14oz-2.5lb)</t>
+  </si>
+  <si>
+    <t>RU-R</t>
+  </si>
+  <si>
+    <t>Marlin Rimfire</t>
+  </si>
+  <si>
+    <t>MAR-917</t>
+  </si>
+  <si>
+    <t>MI V3 Motor Cable</t>
+  </si>
+  <si>
+    <t>Robust Pouch DB (T1, T4, T2C)</t>
+  </si>
+  <si>
+    <t>RobpouchDB</t>
+  </si>
+  <si>
+    <t>Robust Pouch LB  (T1, T2C, T4)</t>
+  </si>
+  <si>
+    <t>RobPouchLB</t>
+  </si>
+  <si>
+    <t>Robust Tools bits</t>
+  </si>
+  <si>
+    <t>ScrewdriverBits</t>
+  </si>
+  <si>
+    <t>Screwdriver Bits for Robust T1 and T5 all colours..</t>
+  </si>
+  <si>
+    <t>Robust Tools Replacement Plier Blades</t>
+  </si>
+  <si>
+    <t>Plier Blades Replacement</t>
+  </si>
+  <si>
+    <t>Replacement for Robust pliers (Applicable models only)..</t>
+  </si>
+  <si>
+    <t>RugerTrigger Sear</t>
+  </si>
+  <si>
+    <t>RU-T</t>
+  </si>
+  <si>
+    <t>CLARX Magnifier headset</t>
+  </si>
+  <si>
+    <t>CLARX Magnifier</t>
+  </si>
+  <si>
+    <t>CLARX</t>
+  </si>
+  <si>
+    <t>R195.50</t>
+  </si>
+  <si>
+    <t>RobPouchLatchDB (T5, T8)</t>
+  </si>
+  <si>
+    <t>RobPouchLatchDB (T8, T5)</t>
+  </si>
+  <si>
+    <t>Robust Pouch with Latch for T8 , T5 and larger tools...</t>
+  </si>
+  <si>
+    <t>RobPouchLatchLB (T5, T8)</t>
+  </si>
+  <si>
+    <t>RobPouchLatchLB</t>
+  </si>
+  <si>
+    <t>Robust Pouch with Latch for T5, T8 and larger tools...</t>
+  </si>
+  <si>
+    <t>MultiTool (R 250)</t>
+  </si>
+  <si>
+    <t>Multitool - NoName</t>
+  </si>
+  <si>
+    <t>Robust Display</t>
+  </si>
+  <si>
+    <t>Robust Display Stand</t>
+  </si>
+  <si>
+    <t>Robust Display
+Display stands for model purchased, 2 per model at Zero cost for items that are not in blister packaging...</t>
+  </si>
+  <si>
+    <t>Weight 50gr for calibration</t>
+  </si>
+  <si>
+    <t>Weight 50gr</t>
+  </si>
+  <si>
+    <t>50gr weight&amp;nbsp; Stainless steel 2Cr13&amp;nbsp; M1&amp;nbsp; Serial numbered..</t>
+  </si>
+  <si>
+    <t>Sharpener1</t>
+  </si>
+  <si>
+    <t>..</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="14"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F13"/>
+  <dimension ref="A1:H144"/>
   <cols>
-    <col min="1" max="1" width="48" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="9" customWidth="1"/>
+    <col min="1" max="1" width="60" customWidth="1"/>
+    <col min="2" max="2" width="34" customWidth="1"/>
+    <col min="3" max="3" width="22" customWidth="1"/>
+    <col min="4" max="4" width="60" customWidth="1"/>
+    <col min="5" max="5" width="13" customWidth="1"/>
+    <col min="6" max="6" width="13" customWidth="1"/>
+    <col min="7" max="7" width="14" customWidth="1"/>
+    <col min="8" max="8" width="9" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C2" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-      <c r="E2"/>
+        <v>10</v>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>GPO&amp;nbsp; SPECTRA 8x 1-8x24i Fiber
+Description
+Introducing the pinnacle of riflescope technology, the SPECTRA 1-8x24i. Engineered for the most demanding scenarios, this scope stands as the ultimate companion for conquering dangerous game and rugged terrains. Its compact and lightweight design belies its formidable capabilities, as it harnesses the industry-leading 8x super zoom technology.
+With the revolutionary iCONTROL microdot illumination activated, this scope offers unparalleled ve..</t>
+        </is>
+      </c>
+      <c r="E2">
+        <v>22241.667</v>
+      </c>
       <c r="F2">
-        <v>1</v>
+        <v>19340.5800</v>
+      </c>
+      <c r="G2"/>
+      <c r="H2">
+        <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B3" t="s">
+        <v>12</v>
+      </c>
+      <c r="C3" t="s">
         <v>10</v>
       </c>
-      <c r="C3" t="s">
-[...3 lines deleted...]
-      <c r="E3"/>
+      <c r="D3" t="inlineStr">
+        <is>
+          <t>TAC Spotter 15-45x60 Product description
+High-Performance Optics:&amp;nbsp;The GPO TAC Spotter 15-45x60 features&amp;nbsp;premium multi-coated lenses, ensuring exceptional light transmission and brilliant, high-contrast images. This optical system delivers incredible edge-to-edge clarity and true-to-life colors, essential for detailed observation.
+Robust and Reliable Design:&amp;nbsp;Built for demanding outdoor use, this spotting scope boasts a&amp;nbsp;nitrogen-purged, waterproof, and fogproof constructi..</t>
+        </is>
+      </c>
+      <c r="E3">
+        <v>20833.331</v>
+      </c>
       <c r="F3">
+        <v>18115.9400</v>
+      </c>
+      <c r="G3"/>
+      <c r="H3">
         <v>6</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-      <c r="E4"/>
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4">
+        <v>437</v>
+      </c>
       <c r="F4">
-        <v>15</v>
+        <v>380.0000</v>
+      </c>
+      <c r="G4"/>
+      <c r="H4">
+        <v>242</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B5" t="s">
+        <v>18</v>
+      </c>
+      <c r="C5" t="s">
         <v>15</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="inlineStr">
+        <is>
+          <t>JH-55 Ballhead
+The LH-55J is a low center of gravity dual panoramic dual opening spherical ball head. Composed of aluminum alloy, using pure mechanical CNC machining and hard anode softening, paired with PU-70B quick assembly board. Its large main locking knob conforms to ergonomics and is easy to operate. The precision machined 55mm diameter sphere is smooth and silky, with the center of gravity shifted downwards, resulting in a more compact structure.
+...</t>
+        </is>
+      </c>
+      <c r="E5">
+        <v>1023.5</v>
+      </c>
+      <c r="F5">
+        <v>890.0000</v>
+      </c>
+      <c r="G5"/>
+      <c r="H5">
         <v>13</v>
-      </c>
-[...3 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-      <c r="E6"/>
+        <v>15</v>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
+          <t>Jager Tomcat ST-424J&amp;nbsp; Tripod
+ST424J professional 4 section carbon fiber tripod is made of high quality genuine 10 layers carbon fiber which makes it superior stable and light. Designed to offer compact and lightweight camera and binocular. rifle or spotting scope support. All the main parts of this tripod are made via CNC and Anodic Oxidation technology, which makes the surface much prettier and the color more well-distributed and exquisite, refusing to fade. There is a removable 75mm mo..</t>
+        </is>
+      </c>
+      <c r="E6">
+        <v>4499.996</v>
+      </c>
       <c r="F6">
-        <v>277</v>
+        <v>3913.0400</v>
+      </c>
+      <c r="G6"/>
+      <c r="H6">
+        <v>1</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-      <c r="E7"/>
+        <v>15</v>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t>Jager Tomcat ST-424J&amp;nbsp; Tripod LH-55 COMBO
+ST424J professional 4 section carbon fiber tripod is made of high quality genuine 10 layers carbon fiber which makes it superior stable and light. Designed to offer compact and lightweight camera and binocular. rifle or spotting scope support. All the main parts of this tripod are made via CNC and Anodic Oxidation technology, which makes the surface much prettier and the color more well-distributed and exquisite, refusing to fade. There is a remov..</t>
+        </is>
+      </c>
+      <c r="E7">
+        <v>5462.5</v>
+      </c>
       <c r="F7">
-        <v>18</v>
+        <v>4750.0000</v>
+      </c>
+      <c r="G7"/>
+      <c r="H7">
+        <v>1</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="E8"/>
+        <v>25</v>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
+          <t>Robust - D5&amp;nbsp; &amp;nbsp;Damascus - (Pre Order Now)
+			&amp;nbsp;
+			Stainless Steel,&amp;nbsp;Full Locking Multitool Pliers Multi Tool Multi-function&amp;nbsp;Tool with Belt Clip, featuring a Damascus blade and a unmistakenly battle worn&amp;nbsp;look.&amp;nbsp;
+			Size
+			11*5*2.2CM
+			Material
+			420#+440A Damascus Blade
+			Weight
+			263g
+			Packing
+			Pouch + Kraft B..</t>
+        </is>
+      </c>
+      <c r="E8">
+        <v>1251.2</v>
+      </c>
       <c r="F8">
-        <v>3</v>
+        <v>1088.0000</v>
+      </c>
+      <c r="G8"/>
+      <c r="H8">
+        <v>-2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="E9"/>
+        <v>28</v>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
+          <t>Weatherby Vanguard / Howa WTHBY-1 (1.5-4lbs)
+Rated&amp;nbsp;5.00&amp;nbsp;out of 5 based on&amp;nbsp;14customer ratings
+• Replaces Weatherby Vanguard, Howa (“Legacy”), Howa Mini with both 2 and 3 position factory safeties, HACT trigger,&amp;nbsp; Smith &amp;amp; Wesson 1500, Mossberg 1500 (w/ rounded nose housing)
+• Two position safety included and installed
+• Comes complete with instructions, hardware pack, and wrench for easy user installation
+• Weight of pull range: 1.5lbs-4.0lbs
+• Factory set to break..</t>
+        </is>
+      </c>
+      <c r="E9">
+        <v>4725.695</v>
+      </c>
       <c r="F9">
-        <v>9</v>
+        <v>4109.3000</v>
+      </c>
+      <c r="G9"/>
+      <c r="H9">
+        <v>1</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B10" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-      <c r="E10"/>
+        <v>28</v>
+      </c>
+      <c r="D10" t="inlineStr">
+        <is>
+          <t>Weatherby Vanguard / Howa WTHBY-V (12oz-1.5lbs)
+Rated&amp;nbsp;5.00&amp;nbsp;out of 5 based on&amp;nbsp;13customer ratings
+• Replaces Weatherby Vanguard, Howa (“Legacy”), Howa Mini with both 2 and 3 position factory safeties, HACT trigger, Smith &amp;amp; Wesson 1500, Mossberg 1500 (w/ rounded nose housing)
+• Two position safety included and installed
+• Comes complete with instructions, hardware pack, and wrench for easy user installation
+• Weight of pull range: 12oz.-1.5lbs
+• Factory adjusted to brea..</t>
+        </is>
+      </c>
+      <c r="E10">
+        <v>4335.5</v>
+      </c>
       <c r="F10">
-        <v>60</v>
+        <v>3770.0000</v>
+      </c>
+      <c r="G10"/>
+      <c r="H10">
+        <v>1</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B11" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="E11"/>
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11">
+        <v>296.7</v>
+      </c>
       <c r="F11">
-        <v>73</v>
+        <v>258.0000</v>
+      </c>
+      <c r="G11"/>
+      <c r="H11">
+        <v>59</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B12" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="E12"/>
+        <v>36</v>
+      </c>
+      <c r="D12" t="inlineStr">
+        <is>
+          <t>AltitudeCraft Anvil
+Compatible with any calipers for versatile use. With Bullet Comparator (sold separately) to ensure round consistency.&amp;nbsp; It is constructed&amp;nbsp;from aluminum and brass for durability.
+It facilitates&amp;nbsp;round alignment during measurement...</t>
+        </is>
+      </c>
+      <c r="E12">
+        <v>266.662</v>
+      </c>
       <c r="F12">
-        <v>10</v>
+        <v>231.8800</v>
+      </c>
+      <c r="G12"/>
+      <c r="H12">
+        <v>54</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
+        <v>37</v>
+      </c>
+      <c r="B13" t="s">
+        <v>38</v>
+      </c>
+      <c r="C13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D13" t="inlineStr">
+        <is>
+          <t>AltitudeCraft Carbon Multi-Scraper, Carbon Removal Tool
+	Precise and Efficient Cleaning: Specifically designed for cleaning essential mechanical components, AltitudeCraft carbon scraper effectively removes carbon buildup from 12 critical surfaces, including the bolt, firing pin, carrier, and cam pin, ensuring optimal performance.
+	Wide Compatibility: The carbon removal tool is compatible with equipment featuring similar bolt carrier group designs.
+	Durable Stainless Steel Construction: Cr..</t>
+        </is>
+      </c>
+      <c r="E13">
+        <v>491.05</v>
+      </c>
+      <c r="F13">
+        <v>427.0000</v>
+      </c>
+      <c r="G13"/>
+      <c r="H13">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>39</v>
+      </c>
+      <c r="B14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C14" t="s">
+        <v>36</v>
+      </c>
+      <c r="D14" t="s">
+        <v>41</v>
+      </c>
+      <c r="E14">
+        <v>481.666</v>
+      </c>
+      <c r="F14">
+        <v>418.8400</v>
+      </c>
+      <c r="G14"/>
+      <c r="H14">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>42</v>
+      </c>
+      <c r="B15" t="s">
+        <v>43</v>
+      </c>
+      <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>&amp;nbsp;
+AltitudeCraft Bullet and Headspace Gauge Comparator Kit with 14 Inserts and 6 Bushings
+	Ultimate Precision for Every Caliber: The AltitudeCraft bullet and headspace gauge comparator kit is designed to cater to a wide range of calibers from .17" to .45" and headspace sizes up to E420. With 14 inserts and 6 bushings, this comparator reloading kit eliminates guesswork, allowing reloaders to precisely measure both bullet seating depth and headspace, essential for optimal shooting perf..</t>
+        </is>
+      </c>
+      <c r="E15">
+        <v>1686.6705</v>
+      </c>
+      <c r="F15">
+        <v>1466.6700</v>
+      </c>
+      <c r="G15"/>
+      <c r="H15">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>44</v>
+      </c>
+      <c r="B16" t="s">
+        <v>45</v>
+      </c>
+      <c r="C16" t="s">
+        <v>36</v>
+      </c>
+      <c r="D16" t="inlineStr">
+        <is>
+          <t>&amp;nbsp;
+AltitudeCraft Bullet Comparator Kit with 14 Inserts
+	Key Points:
+	Ultimate Precision: The AltitudeCraft bullet comparator kit is the reloader's dream, ensuring unparalleled precision in measuring the seating depth of loaded ammunition. With the comparator body designed to attach seamlessly to your caliper, comparator reloading kit includes 14 inserts, catering to calibers from 0.17 to 0.45 caliber. Eliminate the guesswork and variations in seating depth.
+	Innovative Design..</t>
+        </is>
+      </c>
+      <c r="E16">
+        <v>900.0015</v>
+      </c>
+      <c r="F16">
+        <v>782.6100</v>
+      </c>
+      <c r="G16"/>
+      <c r="H16">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>46</v>
+      </c>
+      <c r="B17" t="s">
+        <v>47</v>
+      </c>
+      <c r="C17" t="s">
+        <v>36</v>
+      </c>
+      <c r="D17" t="inlineStr">
+        <is>
+          <t>&amp;nbsp;
+AltitudeCraft Headspace Gauge Comparator Kit with 6 Bushings
+	Key Points:
+	Ultimate Accuracy Enhancement: Maximize your reloading accuracy with the AltitudeCraft headspace comparator kit, which includes 6 bushings to boost brass longevity, enhance accuracy, and ensure safety by precisely measuring brass variations before and after firing or resizing, optimizing each round for unmatched precision.
+	Broad Caliber Compatibility: The AltitudeCraft headspace comparator reloadin..</t>
+        </is>
+      </c>
+      <c r="E17">
+        <v>831.6685</v>
+      </c>
+      <c r="F17">
+        <v>723.1900</v>
+      </c>
+      <c r="G17"/>
+      <c r="H17">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>48</v>
+      </c>
+      <c r="B18" t="s">
+        <v>49</v>
+      </c>
+      <c r="C18" t="s">
+        <v>36</v>
+      </c>
+      <c r="D18" t="inlineStr">
+        <is>
+          <t>Titanium AltitudeCraft Optic Adapter Plate for Glock 43X/48 MOS
+	Wide Compatibility: Compatible with Glock 43X/48 MOS and Springfield Hellcat OSP, this precision optics mount plate is a perfect compatible with Holosun 407K/507K optics with an RMSc footprint. No slide modification is required, making it versatile for tactical and competitive shooting needs.
+	Enhanced Stability with Reinforced Recoil Posts: Engineered with robust recoil support, this adapter plate ensures your optic remains ..</t>
+        </is>
+      </c>
+      <c r="E18">
+        <v>749.9955</v>
+      </c>
+      <c r="F18">
+        <v>652.1700</v>
+      </c>
+      <c r="G18"/>
+      <c r="H18">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>50</v>
+      </c>
+      <c r="B19" t="s">
+        <v>51</v>
+      </c>
+      <c r="C19" t="s">
+        <v>36</v>
+      </c>
+      <c r="D19" t="inlineStr">
+        <is>
+          <t>&amp;nbsp;
+AltitudeCraft Overall Length Gauge Straight, Compatible with Bolt-Action and Single-Shot Firearms
+	AltitudeCraft Overall Length Gauge – Precision &amp;amp; Consistency for Reloading
+	Upgrade your reloading accuracy with the&amp;nbsp;AltitudeCraft Overall Length Gauge (OAL Gauge)&amp;nbsp;– a precision tool designed for competitive shooters, hunters, and reloading enthusiasts. This gauge ensures&amp;nbsp;precise bullet seating depth, reducing inconsistencies and improving overall shooting pe..</t>
+        </is>
+      </c>
+      <c r="E19">
+        <v>1083.3345</v>
+      </c>
+      <c r="F19">
+        <v>942.0300</v>
+      </c>
+      <c r="G19"/>
+      <c r="H19">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>52</v>
+      </c>
+      <c r="B20" t="s">
+        <v>53</v>
+      </c>
+      <c r="C20" t="s">
+        <v>54</v>
+      </c>
+      <c r="D20" t="inlineStr">
+        <is>
+          <t>FX-120i Precision Balance, 122g x 0.001g with External Calibration
+&amp;nbsp;
+A precision balance that combines all of the essential weighing functions in a compact, light-weight package. C-SHS Patented weighing technology&amp;nbsp; Compact footprint with fast stabilization Dependable &amp;amp;&amp;nbsp;durable IP65 and Legal for Trade (NTEP and MC) models available
+Robust and Durable
+	Patented weighing technology ‘Compact Super Hybrid Sensor'(C-SHS) makes it compact, fast, and precise
+	Feel conf..</t>
+        </is>
+      </c>
+      <c r="E20">
+        <v>13650.5</v>
+      </c>
+      <c r="F20">
+        <v>11870.0000</v>
+      </c>
+      <c r="G20"/>
+      <c r="H20">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>55</v>
+      </c>
+      <c r="B21" t="s">
+        <v>56</v>
+      </c>
+      <c r="C21" t="s">
+        <v>54</v>
+      </c>
+      <c r="D21" t="inlineStr">
+        <is>
+          <t>FZ-120i Precision Balance, 122g x 0.001g with Internal Calibration
+&amp;nbsp;
+A precision balance that combines all of the essential weighing functions in a compact, light-weight package. C-SHS Patented weighing technology Compact footprint with fast stabilization Dependable &amp;amp;&amp;nbsp;durable IP65 and Legal for Trade (NTEP and MC) models available
+Laboratory level performance suitable for use in any area where moisture or dust can be problematic. This IP65 rated balance can even withstand ..</t>
+        </is>
+      </c>
+      <c r="E21">
+        <v>16499.05</v>
+      </c>
+      <c r="F21">
+        <v>14347.0000</v>
+      </c>
+      <c r="G21"/>
+      <c r="H21">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>57</v>
+      </c>
+      <c r="B22" t="s">
+        <v>58</v>
+      </c>
+      <c r="C22" t="s">
+        <v>10</v>
+      </c>
+      <c r="D22" t="inlineStr">
+        <is>
+          <t>&amp;nbsp;
+Introducing the GPO CENTURI 3-18x50i Riflescope—engineered with precision and purpose for the American shooter. Combining exceptional performance with outstanding value, its large 50mm objective lens maximizes low-light capability, making it an ideal choice for hunters and marksmen across North America.
+For those seeking a high-magnification scope with a streamlined profile, the GPO CENTURI 3-18x50i delivers. Built with advanced 6X zoom optics and a robust 30mm main tube, it offers ..</t>
+        </is>
+      </c>
+      <c r="E22">
+        <v>12662.65</v>
+      </c>
+      <c r="F22">
+        <v>11011.0000</v>
+      </c>
+      <c r="G22" t="s">
+        <v>59</v>
+      </c>
+      <c r="H22">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>60</v>
+      </c>
+      <c r="B23" t="s">
+        <v>61</v>
+      </c>
+      <c r="C23" t="s">
+        <v>10</v>
+      </c>
+      <c r="D23" t="inlineStr">
+        <is>
+          <t>GPO CENTURI 4-16x44i FFP Super Compact – MIL reticle
+Unleash the pinnacle of tactical precision with the GPO CENTURI 4-16x44i Super-Compact FFP Riflescope. Crafted for shooters demanding FFP high magnification in extreme compactness, this riflescope embodies the perfect fusion of value and performance.
+Measuring a mere 9.9 inches, it boasts double HD glass elements, delivering exceptional optical clarity. The MIL illuminated reticle, coupled with MIL-based turrets featuring a zero-stop loc..</t>
+        </is>
+      </c>
+      <c r="E23">
+        <v>13833.3385</v>
+      </c>
+      <c r="F23">
+        <v>12028.9900</v>
+      </c>
+      <c r="G23"/>
+      <c r="H23">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>62</v>
+      </c>
+      <c r="B24" t="s">
+        <v>63</v>
+      </c>
+      <c r="C24" t="s">
+        <v>10</v>
+      </c>
+      <c r="D24" t="inlineStr">
+        <is>
+          <t>CENTURI 4x 3-12x44i Compact G4i Fiber SFP
+Elevate your shooting experience with the GPO CENTURI 3-12x44i Super-Compact Riflescope, meticulously designed for shooters seeking higher magnification and unparalleled compactness. At a mere 9.9 inches in length, this riflescope embodies the perfect fusion of value and performance.
+Experience exceptional optical clarity with double HD glass elements, ensuring every detail is vividly captured. The G4i illuminated micro-dot reticle provides precise..</t>
+        </is>
+      </c>
+      <c r="E24">
+        <v>11632.1695</v>
+      </c>
+      <c r="F24">
+        <v>10114.9300</v>
+      </c>
+      <c r="G24"/>
+      <c r="H24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>64</v>
+      </c>
+      <c r="B25" t="s">
+        <v>65</v>
+      </c>
+      <c r="C25" t="s">
+        <v>10</v>
+      </c>
+      <c r="D25" t="inlineStr">
+        <is>
+          <t>PASSION 20-60×85 APO Spotting Scope
+Discover the world in stunning detail with the all-new PASSION APO 20-60x85mm, an exceptional fusion of cutting-edge optical performance and innovative design. Featuring a robust internal magnesium body wrapped in durable rubber armoring, this spotting scope is built to endure the harshest conditions. Its advanced APO (apochromatic) lenses eliminate chromatic aberrations, while GPObright™ high-transmission coatings ensure maximum light efficiency. The preci..</t>
+        </is>
+      </c>
+      <c r="E25">
+        <v>19238.6605</v>
+      </c>
+      <c r="F25">
+        <v>16729.2700</v>
+      </c>
+      <c r="G25"/>
+      <c r="H25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>66</v>
+      </c>
+      <c r="B26" t="s">
+        <v>67</v>
+      </c>
+      <c r="C26" t="s">
+        <v>10</v>
+      </c>
+      <c r="D26" t="inlineStr">
+        <is>
+          <t>PASSION ED
+Elevate your observation experience with the 10x42ED Binoculars, combining 10x magnification and a 42mm objective lens for optimal performance in a range of environments.PASSION™ ED (extra-low dispersion) binoculars are engineered to the highest standards in their class and manufactured in the same world-class facilities as renowned European brands.&amp;nbsp;Featuring a robust yet lightweight magnesium body, they offer exceptional durability without added weight. Combined with GPO USA’..</t>
+        </is>
+      </c>
+      <c r="E26">
+        <v>10346.55</v>
+      </c>
+      <c r="F26">
+        <v>8997.0000</v>
+      </c>
+      <c r="G26"/>
+      <c r="H26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>68</v>
+      </c>
+      <c r="B27" t="s">
+        <v>69</v>
+      </c>
+      <c r="C27" t="s">
+        <v>10</v>
+      </c>
+      <c r="D27" t="inlineStr">
+        <is>
+          <t>PASSION ED
+Elevate your observation experience with the 10x42ED Binoculars, combining 10x magnification and a 42mm objective lens for optimal performance in a range of environments.PASSION™ ED (extra-low dispersion) binoculars are engineered to the highest standards in their class and manufactured in the same world-class facilities as renowned European brands.&amp;nbsp;Featuring a robust yet lightweight magnesium body, they offer exceptional durability without added weight. Combined with GPO USA’..</t>
+        </is>
+      </c>
+      <c r="E27">
+        <v>10346.113</v>
+      </c>
+      <c r="F27">
+        <v>8996.6200</v>
+      </c>
+      <c r="G27"/>
+      <c r="H27">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>70</v>
+      </c>
+      <c r="B28" t="s">
+        <v>71</v>
+      </c>
+      <c r="C28" t="s">
+        <v>10</v>
+      </c>
+      <c r="D28" t="inlineStr">
+        <is>
+          <t>PASSION ED
+Elevate your observation experience with the 10x42ED Binoculars, combining 10x magnification and a 42mm objective lens for optimal performance in a range of environments.PASSION™ ED (extra-low dispersion) binoculars are engineered to the highest standards in their class and manufactured in the same world-class facilities as renowned European brands.&amp;nbsp;Featuring a robust yet lightweight magnesium body, they offer exceptional durability without added weight. Combined with GPO USA’..</t>
+        </is>
+      </c>
+      <c r="E28">
+        <v>10346.55</v>
+      </c>
+      <c r="F28">
+        <v>8997.0000</v>
+      </c>
+      <c r="G28"/>
+      <c r="H28">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>72</v>
+      </c>
+      <c r="B29" t="s">
+        <v>73</v>
+      </c>
+      <c r="C29" t="s">
+        <v>10</v>
+      </c>
+      <c r="D29" t="inlineStr">
+        <is>
+          <t>Description
+Elevate your outdoor adventures with the GPO PASSION ED 8×32 Binoculars—a remarkable combination of performance, lightweight design, and optical excellence. Crafted for outdoor enthusiasts who demand high performance without compromise, these binoculars are equipped with advanced features that enhance your viewing experience.
+The PASSION ED 8×32 Binoculars boast high-grade ED front lenses and a magnesium micro-bridge body, resulting in a lightweight yet durable construction. Wi..</t>
+        </is>
+      </c>
+      <c r="E29">
+        <v>9394.626</v>
+      </c>
+      <c r="F29">
+        <v>8169.2400</v>
+      </c>
+      <c r="G29"/>
+      <c r="H29">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>74</v>
+      </c>
+      <c r="B30" t="s">
+        <v>75</v>
+      </c>
+      <c r="C30" t="s">
+        <v>10</v>
+      </c>
+      <c r="D30" t="inlineStr">
+        <is>
+          <t>Description
+Elevate your outdoor adventures with the GPO PASSION ED 8×32 Binoculars—a remarkable combination of performance, lightweight design, and optical excellence. Crafted for outdoor enthusiasts who demand high performance without compromise, these binoculars are equipped with advanced features that enhance your viewing experience.
+The PASSION ED 8×32 Binoculars boast high-grade ED front lenses and a magnesium micro-bridge body, resulting in a lightweight yet durable construction. Wi..</t>
+        </is>
+      </c>
+      <c r="E30">
+        <v>9394.626</v>
+      </c>
+      <c r="F30">
+        <v>8169.2400</v>
+      </c>
+      <c r="G30"/>
+      <c r="H30">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>76</v>
+      </c>
+      <c r="B31" t="s">
+        <v>77</v>
+      </c>
+      <c r="C31" t="s">
+        <v>10</v>
+      </c>
+      <c r="D31" t="inlineStr">
+        <is>
+          <t>Description
+Elevate your outdoor adventures with the GPO PASSION ED 8×32 Binoculars—a remarkable combination of performance, lightweight design, and optical excellence. Crafted for outdoor enthusiasts who demand high performance without compromise, these binoculars are equipped with advanced features that enhance your viewing experience.
+The PASSION ED 8×32 Binoculars boast high-grade ED front lenses and a magnesium micro-bridge body, resulting in a lightweight yet durable construction. Wi..</t>
+        </is>
+      </c>
+      <c r="E31">
+        <v>9394.35</v>
+      </c>
+      <c r="F31">
+        <v>8169.0000</v>
+      </c>
+      <c r="G31"/>
+      <c r="H31">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>78</v>
+      </c>
+      <c r="B32" t="s">
+        <v>79</v>
+      </c>
+      <c r="C32" t="s">
+        <v>10</v>
+      </c>
+      <c r="D32" t="inlineStr">
+        <is>
+          <t>PASSION HD
+Description
+Immerse yourself in the epitome of optical excellence with the GPO PASSION 10x50HD Binoculars. This flagship product represents the pinnacle of GPO’s dedication to crafting instruments for enhanced lower-light field experiences. The fusion of 10x magnification and a 50mm objective lens showcases an impeccable equilibrium between size, weight, and magnification, catering to those seeking the power of tenfold magnification coupled with larger objective lenses.
+These..</t>
+        </is>
+      </c>
+      <c r="E32">
+        <v>27798.697</v>
+      </c>
+      <c r="F32">
+        <v>24172.7800</v>
+      </c>
+      <c r="G32"/>
+      <c r="H32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>80</v>
+      </c>
+      <c r="B33" t="s">
+        <v>81</v>
+      </c>
+      <c r="C33" t="s">
+        <v>10</v>
+      </c>
+      <c r="D33" t="inlineStr">
+        <is>
+          <t>PASSION™ 16-48×65 APO
+The GPO PASSION™ 16-48×65 mm is the smaller representative in this class and is particularly mobile thanks to its extreme compactness and low weight. Both spotting scopes are waterproof (nitrogen-filled) and have high-quality and extremely robust magnesium housings with non-slip ArmorX grip elements in the lower spotting scope area and integrated tripod adapter plate. A suitable carrying case (stay-on-case) is already included in the scope of delivery.
+			Mag..</t>
+        </is>
+      </c>
+      <c r="E33">
+        <v>16500.0045</v>
+      </c>
+      <c r="F33">
+        <v>14347.8300</v>
+      </c>
+      <c r="G33"/>
+      <c r="H33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>82</v>
+      </c>
+      <c r="B34" t="s">
+        <v>83</v>
+      </c>
+      <c r="C34" t="s">
+        <v>10</v>
+      </c>
+      <c r="D34" t="inlineStr">
+        <is>
+          <t>RANGEGUIDE 3000 10x32
+Witness the future of optics with the GPO RANGEGUIDE 10×32 Rangefinding Binoculars, Ranging capability from 6 yards to over 3,000 yards, a testament to GPO’s dedication to pioneering high-performance rangefinding products. Prepare to be astounded as you compare the RANGEGUIDE 10×32 to any European optic available. This revelation will transform you into a fervent believer in our unmatched optical precision and modern electronic rangefinding technology, encapsulated withi..</t>
+        </is>
+      </c>
+      <c r="E34">
+        <v>21334.984</v>
+      </c>
+      <c r="F34">
+        <v>18552.1600</v>
+      </c>
+      <c r="G34"/>
+      <c r="H34">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>84</v>
+      </c>
+      <c r="B35" t="s">
+        <v>85</v>
+      </c>
+      <c r="C35" t="s">
+        <v>10</v>
+      </c>
+      <c r="D35" t="inlineStr">
+        <is>
+          <t>RANGETRACKER 2000
+Upgrade your ranging experience with the GPO RANGETRACKER 2000, surpassing its predecessor, the rangetracker 1800. This versatile 6X rangefinder is meticulously engineered to excel in diverse scenarios, catering to both long-range rifle hunting with an impressive 2000 yards range and close archery applications, delivering precise readings even as close as 6 yards.
+At the heart of its exceptional performance lies the incorporation of GPO’s proprietary high-transmission GPO..</t>
+        </is>
+      </c>
+      <c r="E35">
+        <v>8166.6675</v>
+      </c>
+      <c r="F35">
+        <v>7101.4500</v>
+      </c>
+      <c r="G35"/>
+      <c r="H35">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>86</v>
+      </c>
+      <c r="B36" t="s">
+        <v>87</v>
+      </c>
+      <c r="C36" t="s">
+        <v>10</v>
+      </c>
+      <c r="D36" t="inlineStr">
+        <is>
+          <t>SPECTRA 4X 4-16x50i
+Designed to elevate your shooting experience, the SPECTRA™ riflescope series brings a distinct “European flavor” to precision optics, with&amp;nbsp;metric-based turrets&amp;nbsp;(adjusting in centimeters, approximately 1/3″) and&amp;nbsp;metric reticle designs, these scopes cater to those who value European-style precision. As with all GPO products,&amp;nbsp;SPECTRA™ riflescopes are backed by our exclusive Spectacular Lifetime Warranty™, ensuring long-term performance and peace of mind.
+..</t>
+        </is>
+      </c>
+      <c r="E36">
+        <v>13888.642</v>
+      </c>
+      <c r="F36">
+        <v>12077.0800</v>
+      </c>
+      <c r="G36"/>
+      <c r="H36">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>88</v>
+      </c>
+      <c r="B37" t="s">
+        <v>89</v>
+      </c>
+      <c r="C37" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" t="inlineStr">
+        <is>
+          <t>GPO SPECTRA 6x 4,5-27x50i SFP CCW
+The&amp;nbsp;GPO SPECTRA 6x 4,5-27x50i MOAi&amp;nbsp;is designed for demanding users who want to shoot and hunt at long distances with high magnification and prefer a reticle in the 2nd image plane. With a center tube diameter of 30mm, a magnification of up to 27x, a transmission of 92%, the large adjustment travel, the wide eye relief, the large exit pupil as well as the integrated Zero Stop, it is the ideal product for ambitious long-range shooters.&amp;nbsp; The SPECT..</t>
+        </is>
+      </c>
+      <c r="E37">
+        <v>27798.697</v>
+      </c>
+      <c r="F37">
+        <v>24172.7800</v>
+      </c>
+      <c r="G37"/>
+      <c r="H37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>90</v>
+      </c>
+      <c r="B38" t="s">
+        <v>91</v>
+      </c>
+      <c r="C38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D38" t="inlineStr">
+        <is>
+          <t>This riflescope complements the successful GPO family of 8x zooms with a unique, versatile, and ultra-compact class representative.
+Thanks to its extremely short 44 mm objective lens design and a reinforced housing, it is&amp;nbsp;ideal for attachments (thermal imaging, night&amp;nbsp;vision). With parallax adjustment from 10m, it is also the ideal platform for all eyepiece attachments.
+The extremely compact and ultra-lightweight design is perfect for the use on particularly slim and handy weapons.
+I..</t>
+        </is>
+      </c>
+      <c r="E38">
+        <v>24166.6635</v>
+      </c>
+      <c r="F38">
+        <v>21014.4900</v>
+      </c>
+      <c r="G38"/>
+      <c r="H38">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>92</v>
+      </c>
+      <c r="B39" t="s">
+        <v>93</v>
+      </c>
+      <c r="C39" t="s">
+        <v>10</v>
+      </c>
+      <c r="D39" t="inlineStr">
+        <is>
+          <t>The new SPECTRA 8x 2-16x50i G4i Fiber further expands the successful line of 8x zooms at GPO. It perfectly complements the current 2-16x44i with its extreme compactness with a version with a 50 mm objective lens diameter. This is based on the optical construction kit of our very successful 1.6-13x44i and scores with unique optical performance in terms of image quality (color rendition, transmission, resolution and edge sharpness), field of view and maximum mechanical stability. Our optionally av..</t>
+        </is>
+      </c>
+      <c r="E39">
+        <v>26483.3385</v>
+      </c>
+      <c r="F39">
+        <v>23028.9900</v>
+      </c>
+      <c r="G39"/>
+      <c r="H39">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>94</v>
+      </c>
+      <c r="B40" t="s">
+        <v>95</v>
+      </c>
+      <c r="C40" t="s">
+        <v>10</v>
+      </c>
+      <c r="D40" t="inlineStr">
+        <is>
+          <t>Introducing the SPECTRA DOT Red Dot Sight, a powerhouse of performance and durability designed to excel in both hunting and tactical scenarios. Crafted with uncompromising quality, this sight is engineered to be your ultimate optical companion.
+One of its standout features is its remarkable efficiency in power management, boasting an impressive battery runtime of up to 50,000 hours. This ensures that the SPECTRA DOT will remain operational for extended periods, eliminating the worry of freque..</t>
+        </is>
+      </c>
+      <c r="E40">
+        <v>7166.662</v>
+      </c>
+      <c r="F40">
+        <v>6231.8800</v>
+      </c>
+      <c r="G40"/>
+      <c r="H40">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>96</v>
+      </c>
+      <c r="B41" t="s">
+        <v>97</v>
+      </c>
+      <c r="C41" t="s">
+        <v>10</v>
+      </c>
+      <c r="D41" t="inlineStr">
+        <is>
+          <t>Description
+Introducing the SPECTRA REFLEX DOT Sight, a cutting-edge addition to the world of reflex sighting systems designed to elevate your shooting experience to new heights. Crafted with meticulous attention to detail, this sight is engineered to provide unparalleled performance and precision for shooting sports enthusiasts.
+The high-density polymer lenses are a testament to our commitment to optical excellence, coated with GPObright high-transmission lens coatings to ensure a crystal..</t>
+        </is>
+      </c>
+      <c r="E41">
+        <v>7166.662</v>
+      </c>
+      <c r="F41">
+        <v>6231.8800</v>
+      </c>
+      <c r="G41"/>
+      <c r="H41">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>98</v>
+      </c>
+      <c r="B42" t="s">
+        <v>99</v>
+      </c>
+      <c r="C42" t="s">
+        <v>10</v>
+      </c>
+      <c r="D42" t="inlineStr">
+        <is>
+          <t>SPECTRA™ 6x 4.5-27x50i PLRi
+The GPO SPECTRA 6x 4.5-27x50i PLRi is designed for demanding users who want to shoot and hunt at long distances with high magnification and prefer a reticle in the first focal plane. With a center tube diameter of 34mm, magnification of up to 27x, a transmission of 92%, a large adjustment range (32 mrad), a wide eye relief, a large exit pupil, and an integrated zero stop, it is the ideal product for ambitious long-distance shooters.
+The SPECTRA 4.5-27x50i PLRi is ..</t>
+        </is>
+      </c>
+      <c r="E42">
+        <v>30833.3285</v>
+      </c>
+      <c r="F42">
+        <v>26811.5900</v>
+      </c>
+      <c r="G42"/>
+      <c r="H42">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>100</v>
+      </c>
+      <c r="B43" t="s">
+        <v>101</v>
+      </c>
+      <c r="C43" t="s">
+        <v>102</v>
+      </c>
+      <c r="D43" t="inlineStr">
+        <is>
+          <t>Hitmarker by Allan MC Donald
+Introducing the latest product from MacDonald Innovations -&amp;nbsp;HitMarker, the steel target hit indicator!
+	3"x1"
+	Super bright green LED
+	Visible over one mile
+	40,000-60,000 hits (5-10 years)
+	No recharging or changing batteries
+	2-year warranty against defects
+	Ideal for use at +600y
+Attach HitMarker to any size steel target using the included industrial-strength Velcro. Only 1/2" is exposed, so chances of impact are very low. The bright green ..</t>
+        </is>
+      </c>
+      <c r="E43">
+        <v>1374.25</v>
+      </c>
+      <c r="F43">
+        <v>1195.0000</v>
+      </c>
+      <c r="G43"/>
+      <c r="H43">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>103</v>
+      </c>
+      <c r="B44" t="s">
+        <v>104</v>
+      </c>
+      <c r="C44" t="s">
+        <v>15</v>
+      </c>
+      <c r="D44" t="s">
+        <v>105</v>
+      </c>
+      <c r="E44">
+        <v>437</v>
+      </c>
+      <c r="F44">
+        <v>380.0000</v>
+      </c>
+      <c r="G44"/>
+      <c r="H44">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>106</v>
+      </c>
+      <c r="B45" t="s">
+        <v>107</v>
+      </c>
+      <c r="C45" t="s">
+        <v>15</v>
+      </c>
+      <c r="D45" t="inlineStr">
+        <is>
+          <t>Jager&amp;nbsp;DT-02RX Fluid Head
+Our DT series gimbal, the latest panoramic fluid head technology, a dual panoramic fluid head and a panoramic fluid head, offering unique features to suit your specific needs.&amp;nbsp; Dual panoramic hydraulic heads are available in DT-02R and DT-03R models, which provide a 720° panoramic range and enable full range of motion. Made with precision CNC technology and constructed from durable aluminum alloy material, this gimbal is built to last and provides smooth, st..</t>
+        </is>
+      </c>
+      <c r="E45">
+        <v>1023.5</v>
+      </c>
+      <c r="F45">
+        <v>890.0000</v>
+      </c>
+      <c r="G45"/>
+      <c r="H45">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>108</v>
+      </c>
+      <c r="B46" t="s">
+        <v>109</v>
+      </c>
+      <c r="C46" t="s">
+        <v>15</v>
+      </c>
+      <c r="D46" t="s">
+        <v>110</v>
+      </c>
+      <c r="E46">
+        <v>579.6</v>
+      </c>
+      <c r="F46">
+        <v>504.0000</v>
+      </c>
+      <c r="G46"/>
+      <c r="H46">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>111</v>
+      </c>
+      <c r="B47" t="s">
+        <v>112</v>
+      </c>
+      <c r="C47" t="s">
+        <v>113</v>
+      </c>
+      <c r="D47" t="inlineStr">
+        <is>
+          <t>Description:
+Meet the LINKOGEAR Arca Swiss M-LOK Plate PUM60 — built for shooters who demand rock-solid stability and fast setup. Designed to bridge your rifle and tripod/Bipod, this plate locks down tight, keeping your setup steady when accuracy matters most.
+Features:
+	Arca Swiss compatibility&amp;nbsp;– standard mount for most tripod heads and our HB-C02M Bipod.
+	M-LOK ready&amp;nbsp;– secure fit to your handguard or chassis system.
+	CNC-machined aluminum&amp;nbsp;– lightweight ..</t>
+        </is>
+      </c>
+      <c r="E47">
+        <v>279.45</v>
+      </c>
+      <c r="F47">
+        <v>243.0000</v>
+      </c>
+      <c r="G47"/>
+      <c r="H47">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>114</v>
+      </c>
+      <c r="B48" t="s">
+        <v>115</v>
+      </c>
+      <c r="C48" t="s">
+        <v>113</v>
+      </c>
+      <c r="D48" t="inlineStr">
+        <is>
+          <t>Linkogear Carbon Fiber Tripod – Picatinny/Arca Clamp,
+If you're tired of wobbly tripods that can’t handle your rifle’s weight—or your standards—
+LINKOGEAR HT-223 Carbon Tripod Picatinny CNC Head
+Looking for a rock-solid shooting platform that doesn't weigh more than your lunch? Meet the LINKOGEAR HT-223 Carbon Fiber Mini Tripod – your new go-to for precision shooting, scouting, or glassing from the field without hauling a full-size setup.
+This thing is compact, lightweight, and built..</t>
+        </is>
+      </c>
+      <c r="E48">
+        <v>2794.5</v>
+      </c>
+      <c r="F48">
+        <v>2430.0000</v>
+      </c>
+      <c r="G48"/>
+      <c r="H48">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>116</v>
+      </c>
+      <c r="B49" t="s">
+        <v>117</v>
+      </c>
+      <c r="C49" t="s">
+        <v>113</v>
+      </c>
+      <c r="D49" t="inlineStr">
+        <is>
+          <t>Linkogear HB-C01
+Carbon Fiber Tactical Bipod – QD Picatinny – Rubber &amp;amp; Spike Feet (Black or Brown)
+Description:
+The Linkogear HB-C01 is what happens when you blend carbon fiber muscle with tactical precision. Built for shooters who refuse to settle, this bipod delivers rock-solid stability without turning your rifle into a boat anchor.&amp;nbsp;&amp;nbsp;The Linkogear HB-C01 isn’t for the guy who babies his gear. It’s for the shooter who drags it through mud, dust, and whatever comes your way..</t>
+        </is>
+      </c>
+      <c r="E49">
+        <v>2166.6</v>
+      </c>
+      <c r="F49">
+        <v>1884.0000</v>
+      </c>
+      <c r="G49"/>
+      <c r="H49">
         <v>32</v>
       </c>
-      <c r="B13" t="s">
-[...8 lines deleted...]
-        <v>104</v>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>118</v>
+      </c>
+      <c r="B50" t="s">
+        <v>119</v>
+      </c>
+      <c r="C50" t="s">
+        <v>113</v>
+      </c>
+      <c r="D50" t="inlineStr">
+        <is>
+          <t>Linkogear HB-C01L
+Carbon Fiber Tactical Bipod – QD Picatinny – Rubber &amp;amp; Spike Feet (Black or Brown)
+Description:
+The Linkogear HB-C01L is longer than the Linkogear HB-C01. Built for shooters who refuse to settle, this bipod delivers rock-solid stability without turning your rifle into a boat anchor.&amp;nbsp;&amp;nbsp;The Linkogear HB-C01L isn’t for the guy who babies his gear. It’s for the shooter who drags it through mud, dust, and whatever comes your way, and expects it to work every singl..</t>
+        </is>
+      </c>
+      <c r="E50">
+        <v>2499.9965</v>
+      </c>
+      <c r="F50">
+        <v>2173.9100</v>
+      </c>
+      <c r="G50"/>
+      <c r="H50">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>120</v>
+      </c>
+      <c r="B51" t="s">
+        <v>121</v>
+      </c>
+      <c r="C51" t="s">
+        <v>113</v>
+      </c>
+      <c r="D51" t="inlineStr">
+        <is>
+          <t>Linkogear HB-C02 Bipod – Black, Carbon Fiber, Quick-Detach, 7-10” Adjustable
+Linkogear HB-C02M Bipod, BLACK&amp;nbsp; Carbon Fiber, Quick-Detach, Picatinny &amp;amp; Acra Swiss Compatible, 7-10” Adjustable
+If you’re looking for a bipod that&amp;nbsp;actually holds its own&amp;nbsp;against the big names without draining your wallet, the&amp;nbsp;Linkogear HB-C02M&amp;nbsp;is it. This isn’t some flimsy, overpriced gimmick—it’s a&amp;nbsp;battle-ready bipod&amp;nbsp;built for&amp;nbsp;real-world use.&amp;nbsp;Lightweight, rock-soli..</t>
+        </is>
+      </c>
+      <c r="E51">
+        <v>2332.2</v>
+      </c>
+      <c r="F51">
+        <v>2028.0000</v>
+      </c>
+      <c r="G51"/>
+      <c r="H51">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>122</v>
+      </c>
+      <c r="B52" t="s">
+        <v>123</v>
+      </c>
+      <c r="C52" t="s">
+        <v>113</v>
+      </c>
+      <c r="D52" t="inlineStr">
+        <is>
+          <t>Linkogear HB-C02M Bipod – Black, Carbon Fiber, Quick-Detach, 7-10” Adjustable
+Linkogear HB-C02M Bipod, BLACK –&amp;nbsp; Carbon Fiber, Quick-Detach, Picatinny &amp;amp; Acra Swiss Compatible, 7-10” Adjustable
+If you’re looking for a bipod that&amp;nbsp;actually holds its own&amp;nbsp;against the big names without draining your wallet, the&amp;nbsp;Linkogear HB-C02M&amp;nbsp;is it. This isn’t some flimsy, overpriced gimmick—it’s a&amp;nbsp;battle-ready bipod&amp;nbsp;built for&amp;nbsp;real-world use.&amp;nbsp;Lightweight, rock-s..</t>
+        </is>
+      </c>
+      <c r="E52">
+        <v>2499.9965</v>
+      </c>
+      <c r="F52">
+        <v>2173.9100</v>
+      </c>
+      <c r="G52"/>
+      <c r="H52">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>124</v>
+      </c>
+      <c r="B53" t="s">
+        <v>125</v>
+      </c>
+      <c r="C53" t="s">
+        <v>113</v>
+      </c>
+      <c r="D53" t="inlineStr">
+        <is>
+          <t>The Linkogear HB-C03 is a lightweight, no-compromise carbon fiber bipod built for precision shooters and field operators who need a solid rest without packing unnecessary bulk. Designed to handle real-world conditions, this bipod features a CNC-machined head with dual mounting capability—Picatinny rail and ARCA-Swiss Monoball Fix (26mm dovetail)—giving you options whether you're locking down on a rifle chassis or adapting to a tripod-style support.
+With carbon fiber legs and a wide stance, th..</t>
+        </is>
+      </c>
+      <c r="E53">
+        <v>2583.337</v>
+      </c>
+      <c r="F53">
+        <v>2246.3800</v>
+      </c>
+      <c r="G53"/>
+      <c r="H53">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>126</v>
+      </c>
+      <c r="B54" t="s">
+        <v>127</v>
+      </c>
+      <c r="C54" t="s">
+        <v>113</v>
+      </c>
+      <c r="D54" t="inlineStr">
+        <is>
+          <t>The Linkogear HB-C04&amp;nbsp; is a lightweight, no-compromise carbon fiber bipod built for precision shooters and field operators who need a solid rest without packing unnecessary bulk. Designed to handle real-world conditions, this bipod features a CNC-machined head with dual mounting capability—Picatinny rail and ARCA-Swiss Monoball Fix (26mm dovetail)—giving you options whether you're locking down on a rifle chassis or adapting to a tripod-style support.
+With carbon fiber legs and a wide stan..</t>
+        </is>
+      </c>
+      <c r="E54">
+        <v>2173.5</v>
+      </c>
+      <c r="F54">
+        <v>1890.0000</v>
+      </c>
+      <c r="G54"/>
+      <c r="H54">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>128</v>
+      </c>
+      <c r="B55" t="s">
+        <v>129</v>
+      </c>
+      <c r="C55" t="s">
+        <v>113</v>
+      </c>
+      <c r="D55" t="inlineStr">
+        <is>
+          <t>The Linkogear HB-C05 is a lightweight, wide stance, no-compromise carbon fiber bipod built for precision shooters and field operators who need a solid rest without packing unnecessary bulk. Designed to handle real-world conditions, this bipod features a CNC-machined head with picatinny rail locking system.
+With carbon fiber legs and a wide stance, the HB-C05 gives you excellent stability without the weight penalty. It adjusts quickly between 7.9 inches (20 cm) and 10.2 inches (26 cm) and lock..</t>
+        </is>
+      </c>
+      <c r="E55">
+        <v>2251.125</v>
+      </c>
+      <c r="F55">
+        <v>1957.5000</v>
+      </c>
+      <c r="G55"/>
+      <c r="H55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>130</v>
+      </c>
+      <c r="B56" t="s">
+        <v>131</v>
+      </c>
+      <c r="C56" t="s">
+        <v>113</v>
+      </c>
+      <c r="D56" t="inlineStr">
+        <is>
+          <t>Linkogear HB-C05M Bipod, BLACK –&amp;nbsp; Carbon Fiber, Quick-Detach, Picatinny &amp;amp; Acra Swiss Compatible, 7-10” Adjustable
+The Linkogear HB-C05M&amp;nbsp; is a lightweight, wide stance&amp;nbsp; no-compromise carbon fiber bipod built for precision shooters and field operators who need a solid rest without packing unnecessary bulk. Designed to handle real-world conditions, this bipod features a CNC-machined head with dual mounting capability—Picatinny rail and ARCA-Swiss Monoball Fix (26mm dovetail)—g..</t>
+        </is>
+      </c>
+      <c r="E56">
+        <v>2328.75</v>
+      </c>
+      <c r="F56">
+        <v>2025.0000</v>
+      </c>
+      <c r="G56"/>
+      <c r="H56">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>132</v>
+      </c>
+      <c r="B57" t="s">
+        <v>133</v>
+      </c>
+      <c r="C57" t="s">
+        <v>113</v>
+      </c>
+      <c r="D57" t="s">
+        <v>134</v>
+      </c>
+      <c r="E57">
+        <v>299</v>
+      </c>
+      <c r="F57">
+        <v>260.0000</v>
+      </c>
+      <c r="G57"/>
+      <c r="H57">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>135</v>
+      </c>
+      <c r="B58" t="s">
+        <v>136</v>
+      </c>
+      <c r="C58" t="s">
+        <v>113</v>
+      </c>
+      <c r="D58" t="inlineStr">
+        <is>
+          <t>3 Slots Aluminum M-Loc Bracket Pica and Arca Bracket
+&amp;nbsp;
+Specification
+			item
+			Universal 3&amp;nbsp;slot bracket for picatinny
+			Type
+			Scope Mounts &amp;amp; Accessories
+			Material
+			Aluminum Alloy, Stainless Steel
+			size
+			3 slots
+			Weight
+			0.015
+			Applicable People
+			Universal
+			Spec..</t>
+        </is>
+      </c>
+      <c r="E58">
+        <v>172.5</v>
+      </c>
+      <c r="F58">
+        <v>150.0000</v>
+      </c>
+      <c r="G58"/>
+      <c r="H58">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>137</v>
+      </c>
+      <c r="B59" t="s">
+        <v>138</v>
+      </c>
+      <c r="C59" t="s">
+        <v>113</v>
+      </c>
+      <c r="D59" t="inlineStr">
+        <is>
+          <t>5 Slots Aluminum M-Loc Bracket Pica and Arca Bracket
+&amp;nbsp;
+Specification
+			item
+			Universal 3&amp;nbsp;slot bracket for picatinny
+			Type
+			Scope Mounts &amp;amp; Accessories
+			Material
+			Aluminum Alloy, Stainless Steel
+			size
+			5&amp;nbsp;slots
+			Weight
+			0.015
+			Applicable People
+			Universal
+		..</t>
+        </is>
+      </c>
+      <c r="E59">
+        <v>184</v>
+      </c>
+      <c r="F59">
+        <v>160.0000</v>
+      </c>
+      <c r="G59"/>
+      <c r="H59">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>139</v>
+      </c>
+      <c r="B60" t="s">
+        <v>140</v>
+      </c>
+      <c r="C60" t="s">
+        <v>113</v>
+      </c>
+      <c r="D60" t="inlineStr">
+        <is>
+          <t>3 Slots 5 Slot Aluminum M-Loc Bracket Pica and Arca Bracket
+&amp;nbsp;
+Specification
+			item
+			Universal 5 slot bracket for picatinny
+			Type
+			Scope Mounts &amp;amp; Accessories
+			Material
+			Aluminum Alloy, Stainless Steel
+			size
+			5 slots
+			Weight
+			0.015
+			Applicable People
+			Universal
+			Sp..</t>
+        </is>
+      </c>
+      <c r="E60">
+        <v>310.5</v>
+      </c>
+      <c r="F60">
+        <v>270.0000</v>
+      </c>
+      <c r="G60"/>
+      <c r="H60">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>141</v>
+      </c>
+      <c r="B61" t="s">
+        <v>142</v>
+      </c>
+      <c r="C61" t="s">
+        <v>113</v>
+      </c>
+      <c r="D61" t="inlineStr">
+        <is>
+          <t>Linkogear Universal Bipod Feet BSP-02 Aluminum Flower Spikes Terrain - Pair
+&amp;nbsp;
+Don’t let the ground decide your shot. Linkogear’s flower spike bipod feet give you the grip, stability, and adaptability you need—whether you’re locked down on concrete, dug in on rocky soil, or punching through ice. Available in three models, each built for a specific mission:
+BSP-02 – Lightweight Spikes
+	Material: Aluminum 6061
+	Weight: 25.3 g / 0.89 oz
+	Best for mixed surfaces wh..</t>
+        </is>
+      </c>
+      <c r="E61">
+        <v>230</v>
+      </c>
+      <c r="F61">
+        <v>200.0000</v>
+      </c>
+      <c r="G61"/>
+      <c r="H61">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>141</v>
+      </c>
+      <c r="B62" t="s">
+        <v>143</v>
+      </c>
+      <c r="C62" t="s">
+        <v>113</v>
+      </c>
+      <c r="D62" t="inlineStr">
+        <is>
+          <t>Linkogear Universal Bipod Feet BSP-01 Aluminum Terrain - Pair
+&amp;nbsp;
+Don’t let the ground decide your shot. Linkogear’s universal bipod feet give you the grip, stability, and adaptability you need—whether you’re locked down on concrete, dug in on rocky soil, or punching through ice. Available in three models, each built for a specific mission:
+BSP-01 – Lightweight Spikes
+	Material: Aluminum 6061
+	Weight: 25.3 g / 0.89 oz
+	Best for mixed surfaces where you need grip..</t>
+        </is>
+      </c>
+      <c r="E62">
+        <v>310.5</v>
+      </c>
+      <c r="F62">
+        <v>270.0000</v>
+      </c>
+      <c r="G62"/>
+      <c r="H62">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>144</v>
+      </c>
+      <c r="B63" t="s">
+        <v>145</v>
+      </c>
+      <c r="C63" t="s">
+        <v>113</v>
+      </c>
+      <c r="D63" t="inlineStr">
+        <is>
+          <t>Linkogear Universal Bipod Feet BSP-03 Aluminum Stainless Terrain - Pair
+&amp;nbsp;
+Don’t let the ground decide your shot. Linkogear’s universal bipod feet give you the grip, stability, and adaptability you need—whether you’re locked down on concrete, dug in on rocky soil, or punching through ice. Available in three models, each built for a specific mission:
+BSP-03 – Flat Feet
+	Material: Aluminum 6061
+	Weight: 48.9 g / 1.72 oz
+	Rock-solid on hard, smooth surfaces where ..</t>
+        </is>
+      </c>
+      <c r="E63">
+        <v>434.7</v>
+      </c>
+      <c r="F63">
+        <v>378.0000</v>
+      </c>
+      <c r="G63"/>
+      <c r="H63">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>146</v>
+      </c>
+      <c r="B64" t="s">
+        <v>147</v>
+      </c>
+      <c r="C64" t="s">
+        <v>32</v>
+      </c>
+      <c r="D64" t="inlineStr">
+        <is>
+          <t>Adjustable Bag Rider
+Logo on Bag Rider for reference.&amp;nbsp; MDT compatible.&amp;nbsp; Same Base Chassis Specific Upper can be specified to fit Warrior - MDT- STG
+Adjustable Bag rider for, compatible with Warrior / MDT / STG Gen1 chassis.&amp;nbsp; Adjustable bag riders are manufactured from 7075 Aircraft graded aluminum, high-grade stainless-steel rods, and high-grade Japanese THK stainless steel Linear bearings and hard anodized for durability
+&amp;nbsp;..</t>
+        </is>
+      </c>
+      <c r="E64">
+        <v>1943.5</v>
+      </c>
+      <c r="F64">
+        <v>1690.0000</v>
+      </c>
+      <c r="G64"/>
+      <c r="H64">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>148</v>
+      </c>
+      <c r="B65" t="s">
+        <v>149</v>
+      </c>
+      <c r="C65" t="s">
+        <v>102</v>
+      </c>
+      <c r="D65" t="inlineStr">
+        <is>
+          <t>AutoTricklerV4
+&amp;nbsp;
+Inspired by an auger (and refined through simulation, testing, and iteration), a large tube with deep spiral grooves pours bulk powder at rates up to 50 GN/s, ramping down smoothly to within 1-2 grains of the target.
+	Works with fine ball powders like CFE223 and H335
+	Works with large kernel powders like N570 and H50BMG
+	Maximum flow rate ~50 GN/s for large caliber rifle
+	Integrated electronics and motors with fixed cabling
+	Acrylic panel and silicone pad..</t>
+        </is>
+      </c>
+      <c r="E65">
+        <v>14426.75</v>
+      </c>
+      <c r="F65">
+        <v>12545.0000</v>
+      </c>
+      <c r="G65"/>
+      <c r="H65">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>150</v>
+      </c>
+      <c r="B66" t="s">
+        <v>151</v>
+      </c>
+      <c r="C66" t="s">
+        <v>102</v>
+      </c>
+      <c r="D66" t="inlineStr">
+        <is>
+          <t>Shotmarker1
+Using 8 high precision MEMS microphones placed in the four corners of your frame, ShotMarker precisely measures the&amp;nbsp;point of impact and down-range velocity of each shot, so that you can analyze your groups for load development or shoot for score in competition.
+&amp;nbsp;
+	Seamlessly network up to 250 targets
+	LoRa long range RF provides reliable wireless at any range
+	Sensor area up to 8 meters fits any frame size
+	Internal, rechargeable batteries run for multiple day..</t>
+        </is>
+      </c>
+      <c r="E66">
+        <v>16560</v>
+      </c>
+      <c r="F66">
+        <v>14400.0000</v>
+      </c>
+      <c r="G66"/>
+      <c r="H66">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>152</v>
+      </c>
+      <c r="B67" t="s">
+        <v>153</v>
+      </c>
+      <c r="C67" t="s">
+        <v>102</v>
+      </c>
+      <c r="D67" t="inlineStr">
+        <is>
+          <t>These belts for the V3 AutoTrickler are standard 70A hardness #152 size o-rings. These are 3/32" thick which is larger than the 1/16" o-rings we used until 2017.
+The belts may break down over time if you are in a dry climate. To extend their life you can remove the belt from the AutoTrickler when not in use and store in a sealed bag.
+Includes a set of 5 belts.
+Not suitable for the V4 AutoTrickler.
+&amp;nbsp;..</t>
+        </is>
+      </c>
+      <c r="E67">
+        <v>69</v>
+      </c>
+      <c r="F67">
+        <v>60.0000</v>
+      </c>
+      <c r="G67"/>
+      <c r="H67">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>154</v>
+      </c>
+      <c r="B68" t="s">
+        <v>155</v>
+      </c>
+      <c r="C68" t="s">
+        <v>102</v>
+      </c>
+      <c r="D68" t="s">
+        <v>156</v>
+      </c>
+      <c r="E68">
+        <v>224.25</v>
+      </c>
+      <c r="F68">
+        <v>195.0000</v>
+      </c>
+      <c r="G68"/>
+      <c r="H68">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>157</v>
+      </c>
+      <c r="B69" t="s">
+        <v>158</v>
+      </c>
+      <c r="C69" t="s">
+        <v>32</v>
+      </c>
+      <c r="D69" t="inlineStr">
+        <is>
+          <t>&amp;nbsp;
+Powder MAX Digital Powder Scale
+Milligram Scale 50g X 0.001g, Digital Mg/Powder Scale for Reloading Labs, Includes 20g Calibration Weight
+This high-precision digital milligram scale set comes with handy calibration weight and other reloading accessories. The backlit LCD makes the numbers more viewable and easy to read.
+Key Features
+- Color:Black / Silver/ Gold&amp;nbsp;
+- Max. Capacity: 50g / 1.7636oz / 250ct / 771.61gn / 1.6075ozt / 32.15dwt
+- Readability: 0.001g / 0.000..</t>
+        </is>
+      </c>
+      <c r="E69">
+        <v>1127</v>
+      </c>
+      <c r="F69">
+        <v>980.0000</v>
+      </c>
+      <c r="G69"/>
+      <c r="H69">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>159</v>
+      </c>
+      <c r="B70" t="s">
+        <v>160</v>
+      </c>
+      <c r="C70" t="s">
+        <v>32</v>
+      </c>
+      <c r="D70" t="s">
+        <v>161</v>
+      </c>
+      <c r="E70">
+        <v>971.75</v>
+      </c>
+      <c r="F70">
+        <v>845.0000</v>
+      </c>
+      <c r="G70"/>
+      <c r="H70">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>162</v>
+      </c>
+      <c r="B71" t="s">
+        <v>163</v>
+      </c>
+      <c r="C71" t="s">
+        <v>32</v>
+      </c>
+      <c r="D71" t="s">
+        <v>164</v>
+      </c>
+      <c r="E71">
+        <v>1330.55</v>
+      </c>
+      <c r="F71">
+        <v>1157.0000</v>
+      </c>
+      <c r="G71"/>
+      <c r="H71">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>165</v>
+      </c>
+      <c r="B72" t="s">
+        <v>166</v>
+      </c>
+      <c r="C72" t="s">
+        <v>167</v>
+      </c>
+      <c r="D72" t="inlineStr">
+        <is>
+          <t>Rbst Absolute Digimatic 200mm Caliper
+200x0.01mm&amp;nbsp; AOS digimatic digital caliper with Stainless Steel frame with a resolution of 0.01mm and precision of 0.02mm
+Accuracy from the Rbst AOS Digimatic Caliper.&amp;nbsp; Big LCD screen with 4 buttons, made of high-quality stainless steel it supports four-way&amp;nbsp;measurement (OD, ID, Step Depth)
+Smooth rolling&amp;nbsp;Metric/Inch conversion and absolute zero setting at any position..</t>
+        </is>
+      </c>
+      <c r="E72">
+        <v>1046.5</v>
+      </c>
+      <c r="F72">
+        <v>910.0000</v>
+      </c>
+      <c r="G72"/>
+      <c r="H72">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>168</v>
+      </c>
+      <c r="B73" t="s">
+        <v>169</v>
+      </c>
+      <c r="C73" t="s">
+        <v>167</v>
+      </c>
+      <c r="D73" t="inlineStr">
+        <is>
+          <t>Rbst Absolute Caliper 150mm.&amp;nbsp;
+&amp;nbsp;
+Rbst Absolute Digimatic 150mm Caliper
+150x0.01mm AOS, digimatic digital caliper with Stainless Steel frame with a resolution of 0.01mm and precision of 0.02mm
+Accuracy from the Rbst AOS Digimatic Caliper.&amp;nbsp; Big LCD screen with 4 buttons, made of high-quality stainless steel it supports four-way&amp;nbsp;measurement (OD, ID, Step Depth)
+Smooth rolling&amp;nbsp;Metric/Inch conversion and absolute zero setting at any position..</t>
+        </is>
+      </c>
+      <c r="E73">
+        <v>793.5</v>
+      </c>
+      <c r="F73">
+        <v>690.0000</v>
+      </c>
+      <c r="G73"/>
+      <c r="H73">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>170</v>
+      </c>
+      <c r="B74" t="s">
+        <v>171</v>
+      </c>
+      <c r="C74" t="s">
+        <v>36</v>
+      </c>
+      <c r="D74" t="inlineStr">
+        <is>
+          <t>&amp;nbsp;
+200mm RBST Precision Caliper and AltitudeCraft Bullet and Headspace Gauge Comparator Kit with 14 Inserts and 6 Bushings Combo
+200mm Caliper and AltitudeCraft Bullet and Headspace Gauge Comparator Kit&amp;nbsp;
+Built for precision, engineered for excellence the RBST offers Exceptional Accuracy – 0.02mm precision with a 0.01mm resolution. Smooth rolling Metric/Inch conversion and absolute zero setting at any position. &amp;nbsp;Versatile Measurement – Four-way functionality: OD, ID, Step, ..</t>
+        </is>
+      </c>
+      <c r="E74">
+        <v>2439.8055</v>
+      </c>
+      <c r="F74">
+        <v>2121.5700</v>
+      </c>
+      <c r="G74"/>
+      <c r="H74">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>172</v>
+      </c>
+      <c r="B75" t="s">
+        <v>173</v>
+      </c>
+      <c r="C75" t="s">
+        <v>28</v>
+      </c>
+      <c r="D75" t="inlineStr">
+        <is>
+          <t>RIFLEBASIX Remington 700 (1.5lbs-4lbs) Hunting Trigger w/ Safety
+Rated&amp;nbsp;4.94&amp;nbsp;out of 5 based on&amp;nbsp;48customer ratings
+	Remington trigger with safety and bolt stop release
+	Replaces all Remington 700 triggers including&amp;nbsp;X-Mark Pro&amp;nbsp;&amp;amp; 721
+	Also works with Bergara B14 series &amp;amp; CVA Cascade series
+	Typically used for Hunting
+	Weight of pull range 1.5lbs – 4.0lbs
+	Comes complete with instructions and hardware pack for easy user installation
+	Available in Black o..</t>
+        </is>
+      </c>
+      <c r="E75">
+        <v>5232.5</v>
+      </c>
+      <c r="F75">
+        <v>4550.0000</v>
+      </c>
+      <c r="G75"/>
+      <c r="H75">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>174</v>
+      </c>
+      <c r="B76" t="s">
+        <v>175</v>
+      </c>
+      <c r="C76" t="s">
+        <v>28</v>
+      </c>
+      <c r="D76" t="inlineStr">
+        <is>
+          <t>RIFLEBASIX Remington 700 (2oz-6oz) Target Trigger w/Safety
+Rated&amp;nbsp;5.00&amp;nbsp;out of 5 based on&amp;nbsp;7customer ratings
+Remington trigger with safety and bolt stop release
+	This trigger will fit models: 700, 40x, 721, &amp;amp; XR-100
+	Also works with Bergara B14 series &amp;amp; CVA Cascade series
+	Typically used for Target shooting (gun remains stationary)
+	Weight of pull range: 2oz-6oz
+	Factory set to break at 2.5oz
+	Comes complete with instructions and hardware pack for easy user in..</t>
+        </is>
+      </c>
+      <c r="E76">
+        <v>5531.5</v>
+      </c>
+      <c r="F76">
+        <v>4810.0000</v>
+      </c>
+      <c r="G76"/>
+      <c r="H76">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>176</v>
+      </c>
+      <c r="B77" t="s">
+        <v>177</v>
+      </c>
+      <c r="C77" t="s">
+        <v>28</v>
+      </c>
+      <c r="D77" t="inlineStr">
+        <is>
+          <t>RIFLEBASIX Remington 700 (4oz-20oz) Varm/Targ Trigger w/Safety
+Rated&amp;nbsp;5.00&amp;nbsp;out of 5 based on&amp;nbsp;6customer ratings
+	Includes Remington trigger, including safety with bolt stop release
+	Replacement for all Remington triggers. Works with models: 700, 40x, 721, &amp;amp; XR-100 (Also Works with X-Mark Pro)
+	Also works with Bergara B14 series &amp;amp; CVA Cascade series
+	Typically used for Varmint / Target shooting
+	Weight of pull range: 4oz – 20oz
+	Factory adjusted to break at 5oz t..</t>
+        </is>
+      </c>
+      <c r="E77">
+        <v>5299.2</v>
+      </c>
+      <c r="F77">
+        <v>4608.0000</v>
+      </c>
+      <c r="G77"/>
+      <c r="H77">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>178</v>
+      </c>
+      <c r="B78" t="s">
+        <v>179</v>
+      </c>
+      <c r="C78" t="s">
+        <v>28</v>
+      </c>
+      <c r="D78" t="inlineStr">
+        <is>
+          <t>RIFLEBASIX Remington 700 (8oz-1.5lbs) Varmint Trigger w/ Safety
+Rated&amp;nbsp;5.00&amp;nbsp;out of 5 based on&amp;nbsp;17customer ratings
+	Black Remington trigger with safety and bolt stop release
+	Will fit models: 700, 40x, 721, &amp;amp; XR-100 (Works with X-Mark Pro)
+	Also works with Bergara B14 series &amp;amp; CVA Cascade series
+	Typically used for Varmint shooting
+	Weight of pull range: 8oz-1.5lbs
+	Factory adjusted to break at 10oz to 12oz
+	Comes complete with instructions and hardware pack for..</t>
+        </is>
+      </c>
+      <c r="E78">
+        <v>4899</v>
+      </c>
+      <c r="F78">
+        <v>4260.0000</v>
+      </c>
+      <c r="G78"/>
+      <c r="H78">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>180</v>
+      </c>
+      <c r="B79" t="s">
+        <v>181</v>
+      </c>
+      <c r="C79" t="s">
+        <v>28</v>
+      </c>
+      <c r="D79" t="inlineStr">
+        <is>
+          <t>Remington 700 Factory Safety Kit
+Rated&amp;nbsp;5.00&amp;nbsp;out of 5 based on&amp;nbsp;4customer ratings
+	Remington factory safety kit for all 700 models
+	Also works with Bergara B14 series &amp;amp; CVA Cascade series
+	Comes complete with instructions and hardware pack for easy user installation
+	Available in Black &amp;amp; Silver
+	For right hand action only
+	100% fully adjustable..</t>
+        </is>
+      </c>
+      <c r="E79">
+        <v>2093</v>
+      </c>
+      <c r="F79">
+        <v>1820.0000</v>
+      </c>
+      <c r="G79"/>
+      <c r="H79">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>182</v>
+      </c>
+      <c r="B80" t="s">
+        <v>183</v>
+      </c>
+      <c r="C80" t="s">
+        <v>25</v>
+      </c>
+      <c r="D80" t="inlineStr">
+        <is>
+          <t>Robust -T3 and T7 Multitools comes in a set.
+Your favourite Robust was split in two.&amp;nbsp; This SKU gets you two tools.&amp;nbsp; Multi-Functional 13 -in-2 Durable Stainless Steel Multi Tool Knifes
+Material :2cr13 Surface process.&amp;nbsp; Sand blasted stainless steel handle.&amp;nbsp;&amp;nbsp;Closed size :115mm x 40mm x 20mm Weight :0.150 kg.&amp;nbsp; Blades 420.Stainless steel.
+1. Can opener 2. Rescue hook 3. Flat-head screwdriver 4. Double-sided file 5. Box opener 6. Wire cutters 7. Scissors 8. Knife..</t>
+        </is>
+      </c>
+      <c r="E80">
+        <v>743.82</v>
+      </c>
+      <c r="F80">
+        <v>646.8000</v>
+      </c>
+      <c r="G80"/>
+      <c r="H80">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>184</v>
+      </c>
+      <c r="B81" t="s">
+        <v>184</v>
+      </c>
+      <c r="C81" t="s">
+        <v>25</v>
+      </c>
+      <c r="D81" t="inlineStr">
+        <is>
+          <t>Robust T5S
+Silver&amp;nbsp; Components：440 Stainless (Blade/Scissors ） 420 (Stainless Handle: (1.Needlenose Pliers 2.Regular Pliers 3.Wire Cutter 4.Blade 5.Scissors 6.Multipurpose Cutter 7.Bottle Opener With Flat Screwdriver 8.Can Opener With Flat Screwdriver 9.Philips Screwdriver With Locking System 10.Reamer/Punch 11.Nail File 12.Saw 13.7/8/10/14mm Hexagon Wrench)&amp;nbsp; Includes Mini Sharpener...</t>
+        </is>
+      </c>
+      <c r="E81">
+        <v>920.92</v>
+      </c>
+      <c r="F81">
+        <v>800.8000</v>
+      </c>
+      <c r="G81"/>
+      <c r="H81">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>185</v>
+      </c>
+      <c r="B82" t="s">
+        <v>186</v>
+      </c>
+      <c r="C82" t="s">
+        <v>25</v>
+      </c>
+      <c r="D82" t="inlineStr">
+        <is>
+          <t>Robust -T6 Multitool
+Multi-Functional&amp;nbsp; 8 in-1 Durable Stainless Steel Multi Tool Knife Folding Pliers.&amp;nbsp; &amp;nbsp;(Also see T1 your favourite T 1 split)
+Material :2cr13 Surface process.&amp;nbsp; Sand blasted stainless steel handle.&amp;nbsp;&amp;nbsp;Closed size :115mm x 40mm x 20mm Weight :0.150 kg.&amp;nbsp; Body and others components 420 Stainless, Blade and saw 440.Stainless steel.
+1. Can opener 2.Scissors 3. Knife&amp;nbsp; 4. Saw 5. Serrated 6. Nail lifter 7. Bottle/Can opener 8. Window Smashe..</t>
+        </is>
+      </c>
+      <c r="E82">
+        <v>384.997</v>
+      </c>
+      <c r="F82">
+        <v>334.7800</v>
+      </c>
+      <c r="G82"/>
+      <c r="H82">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>187</v>
+      </c>
+      <c r="B83" t="s">
+        <v>188</v>
+      </c>
+      <c r="C83" t="s">
+        <v>25</v>
+      </c>
+      <c r="D83" t="inlineStr">
+        <is>
+          <t>Robust -T7 Multitool
+Multi-Functional&amp;nbsp; 8 in-1 Durable Stainless Steel Multi Tool Knife Folding Pliers.&amp;nbsp; &amp;nbsp;(Also see T8 Combo- Your favourite T8 was split in two)
+Material :2cr13 Surface process.&amp;nbsp; Sand blasted stainless steel handle.&amp;nbsp;&amp;nbsp;Closed size :115mm x 40mm x 20mm Weight :0.150 kg.&amp;nbsp; Blades 420.Stainless steel.
+1. Can opener 2.Scissors 3. Knife&amp;nbsp; 4. Saw 5. Serrated 6. Nail lifter 7. Bottle/Can opener 8. Window Smasher..</t>
+        </is>
+      </c>
+      <c r="E83">
+        <v>356.5</v>
+      </c>
+      <c r="F83">
+        <v>310.0000</v>
+      </c>
+      <c r="G83"/>
+      <c r="H83">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>189</v>
+      </c>
+      <c r="B84" t="s">
+        <v>190</v>
+      </c>
+      <c r="C84" t="s">
+        <v>25</v>
+      </c>
+      <c r="D84" t="inlineStr">
+        <is>
+          <t>Robust T2C
+Camo Components：440 Stainless (Blade/Scissors ）420 Stainless (Handle&amp;nbsp; 1.Needlenose Pliers 2.Regular Pliers 3.Wire Cutter 4.Flat Screwdriver 5.Phillips Screwdriver 6.Bottle Opener 7.Can Opener 8.Multipurpose Cutter 9.Small Flat Screwdriver 10.Leather Punch 11.Bit Driver 12.Saw 13.Serrated Blade 14.Scissors 15.Blade)..</t>
+        </is>
+      </c>
+      <c r="E84">
+        <v>734.965</v>
+      </c>
+      <c r="F84">
+        <v>639.1000</v>
+      </c>
+      <c r="G84"/>
+      <c r="H84">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>191</v>
+      </c>
+      <c r="B85" t="s">
+        <v>192</v>
+      </c>
+      <c r="C85" t="s">
+        <v>28</v>
+      </c>
+      <c r="D85" t="inlineStr">
+        <is>
+          <t>Ruger RU-VT M77 MK II Varmint / Target (8oz-3lb)
+Rated&amp;nbsp;4.86&amp;nbsp;out of 5 based on&amp;nbsp;7customer ratings
+• Replaces 2 Stage Ruger trigger for the model M77 MK II Varmint/Target Rifle and the Hawkeye&amp;nbsp;Predator.
+• Accommodates three position factory safety for excellent single stage operation.
+• Electroless nickel plated to match factory action.
+• Comes complete with instructions, hardware pack, and adjustment screw for easy user installation.
+• Weight of pull Range: 8oz-3lbs
+..</t>
+        </is>
+      </c>
+      <c r="E85">
+        <v>3675.101</v>
+      </c>
+      <c r="F85">
+        <v>3195.7400</v>
+      </c>
+      <c r="G85"/>
+      <c r="H85">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>193</v>
+      </c>
+      <c r="B86" t="s">
+        <v>194</v>
+      </c>
+      <c r="C86" t="s">
+        <v>28</v>
+      </c>
+      <c r="D86" t="inlineStr">
+        <is>
+          <t>&amp;nbsp;
+Savage Arms 110 SAV-2 4oz-3lbs (Universal)
+Rated&amp;nbsp;4.95&amp;nbsp;out of 5 based on&amp;nbsp;37customer ratings
+• Replaces all 110 Type Savage Arms Actions
+• Will replace Models: 10, 11, 12, 110, 16, 111, 112, 114 &amp;amp; 116
+• Will replace standard trigger or new AccuTrigger™
+• Will replace all 110 type centerfire triggers manufactured after January 1966
+• Also replaces Savage / Stevens Model 200 and Savage 210 slug gun
+• Long &amp;amp; Short • Early &amp;amp; Late • Left &amp;amp; Right Hand
+..</t>
+        </is>
+      </c>
+      <c r="E86">
+        <v>5226.52</v>
+      </c>
+      <c r="F86">
+        <v>4544.8000</v>
+      </c>
+      <c r="G86"/>
+      <c r="H86">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>195</v>
+      </c>
+      <c r="B87" t="s">
+        <v>196</v>
+      </c>
+      <c r="C87" t="s">
+        <v>28</v>
+      </c>
+      <c r="D87" t="inlineStr">
+        <is>
+          <t>Savage Arms 110 SAV-1 14oz-3lbs (Hunting)
+Rated&amp;nbsp;4.88&amp;nbsp;out of 5 based on&amp;nbsp;33customer ratings
+(33&amp;nbsp;customer reviews)
+$104.95
+• Replaces all 110 Type Savage Arms Rifles and Edge/Axis Rifles
+• Will replace Models: 10 (T-SR), 11, 12, 110, 16, 111, 112, 114 &amp;amp; 116
+• Will replace all 110 type centerfire triggers manufactured after January 1966
+• Will replace standard trigger or AccuTrigger™
+• Will work with AccuStock™
+• Also replaces Savage / Stevens Model 200 and..</t>
+        </is>
+      </c>
+      <c r="E87">
+        <v>4036.5</v>
+      </c>
+      <c r="F87">
+        <v>3510.0000</v>
+      </c>
+      <c r="G87"/>
+      <c r="H87">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>197</v>
+      </c>
+      <c r="B88" t="s">
+        <v>198</v>
+      </c>
+      <c r="C88" t="s">
+        <v>28</v>
+      </c>
+      <c r="D88" t="inlineStr">
+        <is>
+          <t>Savage Arms Trigger Sear w/o AccuTrigger
+Rated&amp;nbsp;4.95&amp;nbsp;out of 5 based on&amp;nbsp;20customer ratings
+• Savage Arms Rimfire Rifles &amp;amp; “Striker” Pistols WITHOUT AccuTrigger™
+• Fits both Right and Left Hand Actions
+• Models: 501, 502, &amp;amp; 503, Mark I &amp;amp; II, Model 93 in both .17 &amp;amp; .22 (Walmart)
+• Also fits Stevens Model 310
+• Comes complete with instructions, hardware pack, and adjustment wrench for easy user installation..</t>
+        </is>
+      </c>
+      <c r="E88">
+        <v>3289</v>
+      </c>
+      <c r="F88">
+        <v>2860.0000</v>
+      </c>
+      <c r="G88"/>
+      <c r="H88">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>199</v>
+      </c>
+      <c r="B89" t="s">
+        <v>200</v>
+      </c>
+      <c r="C89" t="s">
+        <v>28</v>
+      </c>
+      <c r="D89" t="inlineStr">
+        <is>
+          <t>&amp;nbsp;
+Savage Arms SAV-RAT – Rimfire w/ AccuTrigger
+Rated&amp;nbsp;5.00&amp;nbsp;out of 5 based on&amp;nbsp;34customer ratings
+(34&amp;nbsp;customer reviews)
+$104.95
+• Replaces Savage Arms Rimfire Models Mark I &amp;amp; II and Model 93, (Does not fit B Mag) Replaces AccuTrigger™
+• Also fits centerfires: Model 40 (.22 Hornet) and Model 25 (.223 and .204 Ruger) &amp;amp; B22
+• Comes complete with instructions, hardware pack, and wrench for easy user installation&amp;gt;
+• Available in Black or Silver
+• Al..</t>
+        </is>
+      </c>
+      <c r="E89">
+        <v>4036.5</v>
+      </c>
+      <c r="F89">
+        <v>3510.0000</v>
+      </c>
+      <c r="G89"/>
+      <c r="H89">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>201</v>
+      </c>
+      <c r="B90" t="s">
+        <v>202</v>
+      </c>
+      <c r="C90" t="s">
+        <v>32</v>
+      </c>
+      <c r="D90" t="s">
+        <v>203</v>
+      </c>
+      <c r="E90">
+        <v>291.525</v>
+      </c>
+      <c r="F90">
+        <v>253.5000</v>
+      </c>
+      <c r="G90"/>
+      <c r="H90">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>204</v>
+      </c>
+      <c r="B91" t="s">
+        <v>205</v>
+      </c>
+      <c r="C91" t="s">
+        <v>32</v>
+      </c>
+      <c r="D91" t="s">
+        <v>206</v>
+      </c>
+      <c r="E91">
+        <v>291.525</v>
+      </c>
+      <c r="F91">
+        <v>253.5000</v>
+      </c>
+      <c r="G91"/>
+      <c r="H91">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>207</v>
+      </c>
+      <c r="B92" t="s">
+        <v>208</v>
+      </c>
+      <c r="C92" t="s">
+        <v>209</v>
+      </c>
+      <c r="D92" t="inlineStr">
+        <is>
+          <t>SG Pulse Pro: Next-Gen Precision Shooting Assistant
+We are excited to announce the arrival&amp;nbsp;SG Pulse Pro, the most advanced precision shooting device to date. Designed for both competitive shooters and dedicated enthusiasts, Pulse Pro combines cutting-edge technology with rugged reliability — all in one compact system. From leveling your rifle to managing your stage time, from tracking your muzzle movement to instantly accessing digital DOPE cards, Pulse Pro is more than just a tool. It..</t>
+        </is>
+      </c>
+      <c r="E92">
+        <v>7201.3</v>
+      </c>
+      <c r="F92">
+        <v>6262.0000</v>
+      </c>
+      <c r="G92"/>
+      <c r="H92">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>210</v>
+      </c>
+      <c r="B93" t="s">
+        <v>210</v>
+      </c>
+      <c r="C93" t="s">
+        <v>209</v>
+      </c>
+      <c r="D93" t="inlineStr">
+        <is>
+          <t>The&amp;nbsp;SG Timer Go&amp;nbsp;is a portable, high-performance shot timer designed for competitive shooters and trainers. Featuring advanced acoustic detection, customizable settings, and Bluetooth connectivity, it helps track splits, reaction times, and training progress. With a durable, lightweight design and long battery life, it’s the perfect tool for serious shooters on the go.
+✅&amp;nbsp;Portable &amp;amp; Accurate
+✅&amp;nbsp;Customizable Par Times &amp;amp; Start Signals
+✅&amp;nbsp;Bluetooth Sync with Shoote..</t>
+        </is>
+      </c>
+      <c r="E93">
+        <v>3887</v>
+      </c>
+      <c r="F93">
+        <v>3380.0000</v>
+      </c>
+      <c r="G93"/>
+      <c r="H93">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>211</v>
+      </c>
+      <c r="B94" t="s">
+        <v>212</v>
+      </c>
+      <c r="C94" t="s">
+        <v>209</v>
+      </c>
+      <c r="D94" t="inlineStr">
+        <is>
+          <t>SG Pulse&amp;nbsp;&amp;nbsp;(Includes M-Lok and Picatinny mount)
+As long-range shooters, we have enough going against us — everything from the wind to worrying about standard deviation and extreme spread. All of that matters. But once you’ve mastered, or at least have a really good grasp of, your fundamentals of marksmanship, it’s time to employ all of this and ensure you’re making those shots as needed.
+However, when you start shooting in the mountains or on side slopes, it becomes really difficu..</t>
+        </is>
+      </c>
+      <c r="E94">
+        <v>3887</v>
+      </c>
+      <c r="F94">
+        <v>3380.0000</v>
+      </c>
+      <c r="G94"/>
+      <c r="H94">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>213</v>
+      </c>
+      <c r="B95" t="s">
+        <v>214</v>
+      </c>
+      <c r="C95" t="s">
+        <v>209</v>
+      </c>
+      <c r="D95" t="inlineStr">
+        <is>
+          <t>Advanced Digital Level – Precision Without Distraction
+Pulse Pro’s digital level eliminates cant error, ensuring your bullets stay on target. Sensors provide instant feedback, while external ocular LEDs outperform traditional fiber optics — even in bright sunlight. You can monitor your level either through&amp;nbsp;color indicators&amp;nbsp;or by reading&amp;nbsp;precise numerical values&amp;nbsp;— whichever works best for your style...</t>
+        </is>
+      </c>
+      <c r="E95">
+        <v>1943.5</v>
+      </c>
+      <c r="F95">
+        <v>1690.0000</v>
+      </c>
+      <c r="G95"/>
+      <c r="H95">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>215</v>
+      </c>
+      <c r="B96" t="s">
+        <v>216</v>
+      </c>
+      <c r="C96" t="s">
+        <v>32</v>
+      </c>
+      <c r="D96" t="inlineStr">
+        <is>
+          <t>Adjustable Bag Rider
+Logo on Bag Rider for reference.&amp;nbsp; STG Gen 1 compatible.&amp;nbsp; Same Base Chassis Specific Upper can be specified to fit Warrior - MDT- STG
+Adjustable Bag rider for, compatible with Warrior / MDT / STG Gen1 chassis.&amp;nbsp; Adjustable bag riders are manufactured from 7075 Aircraft graded aluminum, high-grade stainless-steel rods, and high-grade Japanese THK stainless steel Linear bearings and hard anodized for durability
+&amp;nbsp;..</t>
+        </is>
+      </c>
+      <c r="E96">
+        <v>1840</v>
+      </c>
+      <c r="F96">
+        <v>1600.0000</v>
+      </c>
+      <c r="G96"/>
+      <c r="H96">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>217</v>
+      </c>
+      <c r="B97" t="s">
+        <v>218</v>
+      </c>
+      <c r="C97" t="s">
+        <v>219</v>
+      </c>
+      <c r="D97" t="inlineStr">
+        <is>
+          <t>Stilte Re-usable Earplugs
+Fitted with a SNR21db filter it is ideal to filter out unwanted noise.&amp;nbsp; Use them everywhere, during shooting competitions as reinforcement under Muffs or just as aid to filter noise away from shooting point...</t>
+        </is>
+      </c>
+      <c r="E97">
+        <v>172.5</v>
+      </c>
+      <c r="F97">
+        <v>150.0000</v>
+      </c>
+      <c r="G97"/>
+      <c r="H97">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>220</v>
+      </c>
+      <c r="B98" t="s">
+        <v>221</v>
+      </c>
+      <c r="C98" t="s">
+        <v>219</v>
+      </c>
+      <c r="D98" t="s">
+        <v>222</v>
+      </c>
+      <c r="E98">
+        <v>161</v>
+      </c>
+      <c r="F98">
+        <v>140.0000</v>
+      </c>
+      <c r="G98"/>
+      <c r="H98">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>223</v>
+      </c>
+      <c r="B99" t="s">
+        <v>223</v>
+      </c>
+      <c r="C99" t="s">
+        <v>32</v>
+      </c>
+      <c r="D99" t="inlineStr">
+        <is>
+          <t>Adjustable Bag Rider
+&amp;nbsp;Warrior compatible.&amp;nbsp; Same Base Chassis Specific Upper can be specified to fit Warrior - MDT- STG
+Adjustable Bag rider for, compatible with Warrior / MDT / STG Gen1 chassis.&amp;nbsp; Adjustable bag riders are manufactured from 7075 Aircraft graded aluminium, high-grade stainless-steel rods, and high-grade Japanese THK stainless steel Linear bearings and hard anodized for durability
+&amp;nbsp;..</t>
+        </is>
+      </c>
+      <c r="E99">
+        <v>1897.5</v>
+      </c>
+      <c r="F99">
+        <v>1650.0000</v>
+      </c>
+      <c r="G99"/>
+      <c r="H99">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>224</v>
+      </c>
+      <c r="B100" t="s">
+        <v>225</v>
+      </c>
+      <c r="C100" t="s">
+        <v>32</v>
+      </c>
+      <c r="D100" t="s">
+        <v>226</v>
+      </c>
+      <c r="E100">
+        <v>74.75</v>
+      </c>
+      <c r="F100">
+        <v>65.0000</v>
+      </c>
+      <c r="G100"/>
+      <c r="H100">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>227</v>
+      </c>
+      <c r="B101" t="s">
+        <v>228</v>
+      </c>
+      <c r="C101" t="s">
+        <v>28</v>
+      </c>
+      <c r="D101" t="inlineStr">
+        <is>
+          <t>WIN-1 12oz – 4lbs pull (Model 70 centrefire)
+Rated&amp;nbsp;5.00&amp;nbsp;out of 5 based on&amp;nbsp;8customer ratings
+	Rifle Basix Replacement Trigger for Winchester Model 70 centerfires – pre or post 1964 and FN SPR
+	Uses factory safety and is fully adjustable for sear engagement
+	Comes complete with instructions, hardware pack, and wrench for easy user installation
+	Available in Black &amp;amp; Silver
+	Weight of pull range: 12oz-4lbs
+** Trigger will NOT replace New Model 70 MOA OEM Trigger..</t>
+        </is>
+      </c>
+      <c r="E101">
+        <v>4455.1</v>
+      </c>
+      <c r="F101">
+        <v>3874.0000</v>
+      </c>
+      <c r="G101"/>
+      <c r="H101">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>229</v>
+      </c>
+      <c r="B102" t="s">
+        <v>230</v>
+      </c>
+      <c r="C102" t="s">
+        <v>10</v>
+      </c>
+      <c r="D102" t="inlineStr">
+        <is>
+          <t>RANGEGUIDE 3200 10x40
+The GPO RANGEGUIDE™ 3200 8×40 and 10×40 is an absolute highlight and sets new standards in the 40 mm rangefinder class when it comes to performance, weight, compactness and handling. It is the perfect companion in the mountains, when stalking, at dusk or when hunting with a bow or crossbow.
+For GPO, the RANGEGUIDE™ 3200 8×40 and 10×40 is the logical and consistent extension of the highly successful rangefinder line with the “big brother” 8×50/10×50 and the particularl..</t>
+        </is>
+      </c>
+      <c r="E102">
+        <v>24859.6995</v>
+      </c>
+      <c r="F102">
+        <v>21617.1300</v>
+      </c>
+      <c r="G102"/>
+      <c r="H102">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>231</v>
+      </c>
+      <c r="B103" t="s">
+        <v>232</v>
+      </c>
+      <c r="C103" t="s">
+        <v>15</v>
+      </c>
+      <c r="D103" t="inlineStr">
+        <is>
+          <t>JAGER ST-402J Tripod
+The ST402J tripod is a&amp;nbsp;carbon fiber 2-section portable SLR camera, binoculars, spotting scope or rifle tripod. Its 3/8 universal screw on the top, which allows for easy mounting of various cameras and accessories.&amp;nbsp;The tripod also comes with a level and 75mm ball bowl to ensure your camera remains perfectly level and stable during use.&amp;nbsp;Additionally, the removable headstock with adjustable gear lever provides additional flexibility and convenience.
+	1700..</t>
+        </is>
+      </c>
+      <c r="E103">
+        <v>3392.5</v>
+      </c>
+      <c r="F103">
+        <v>2950.0000</v>
+      </c>
+      <c r="G103"/>
+      <c r="H103">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>233</v>
+      </c>
+      <c r="B104" t="s">
+        <v>232</v>
+      </c>
+      <c r="C104" t="s">
+        <v>15</v>
+      </c>
+      <c r="D104" t="inlineStr">
+        <is>
+          <t>JAGER ST-402J Tripod Combo Includes Ball Head JH 55
+The ST402J tripod is a&amp;nbsp;carbon fiber 2-section portable SLR camera, binoculars, spotting scope or rifle tripod. Its 3/8 universal screw on the top, which allows for easy mounting of various cameras and accessories.&amp;nbsp;The tripod also comes with a level and 75mm ball bowl to ensure your camera remains perfectly level and stable during use.&amp;nbsp;Additionally, the removable headstock with adjustable gear lever provides additional flexibil..</t>
+        </is>
+      </c>
+      <c r="E104">
+        <v>3967.5</v>
+      </c>
+      <c r="F104">
+        <v>3450.0000</v>
+      </c>
+      <c r="G104"/>
+      <c r="H104">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>234</v>
+      </c>
+      <c r="B105" t="s">
+        <v>235</v>
+      </c>
+      <c r="C105" t="s">
+        <v>15</v>
+      </c>
+      <c r="D105" t="inlineStr">
+        <is>
+          <t>Jager&amp;nbsp;JH-324C
+Material :Carbon Fiber
+Leg sections : 4
+PROFESSIONAL TRIPOD :&amp;nbsp;Bubble level :Yes
+Extended length (mm) :&amp;nbsp;1715
+Folded Length :680
+Jager&amp;nbsp;load capacity :18 KG
+Weight (g) :&amp;nbsp;2350
+Tripod&amp;nbsp;Color:&amp;nbsp;Black / Camo Cover
+Max.Tube :32 mm
+Folded.H :&amp;nbsp;680 mm
+Max.H : 1715 mm
+Min.H : 220 mm
+Load Capacity :&amp;nbsp;18 kg
+Weight :&amp;nbsp;2.35 kg
+Packaging and delivery
+Single package size :&amp;nbsp;85X25X25 cm
+Single gross w..</t>
+        </is>
+      </c>
+      <c r="E105">
+        <v>6696.45</v>
+      </c>
+      <c r="F105">
+        <v>5823.0000</v>
+      </c>
+      <c r="G105"/>
+      <c r="H105">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>236</v>
+      </c>
+      <c r="B106" t="s">
+        <v>237</v>
+      </c>
+      <c r="C106" t="s">
+        <v>102</v>
+      </c>
+      <c r="D106" t="inlineStr">
+        <is>
+          <t>Please note, the V4 AutoTrickler kit comes with everything below. You should not need to replace these parts through regular use (i.e. they will not wear out). Some people like to get a second cup and some people have cracked their windows by dropping them. We've bundled these parts for convenience, but do not feel like this is a necessary purchase.
+Includes:
+	Glass Cup
+	V4 Centering Tray
+	V4 Funnel
+	2x V4 Windows
+	V4 Timing Belt (small tube)
+	V4 Timing Belt (large tube)
+If you..</t>
+        </is>
+      </c>
+      <c r="E106">
+        <v>797.9965</v>
+      </c>
+      <c r="F106">
+        <v>693.9100</v>
+      </c>
+      <c r="G106"/>
+      <c r="H106">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>238</v>
+      </c>
+      <c r="B107" t="s">
+        <v>239</v>
+      </c>
+      <c r="C107" t="s">
+        <v>25</v>
+      </c>
+      <c r="D107" t="inlineStr">
+        <is>
+          <t>Robust -T5BR
+Brown/Black&amp;nbsp; Components：440 Stainless (Blade/Scissors ） 420 (Stainless Handle: (1.Needlenose Pliers 2.Regular Pliers 3.Wire Cutter 4.Blade 5.Scissors 6.Multipurpose Cutter 7.Bottle Opener With Flat Screwdriver 8.Can Opener With Flat Screwdriver 9.Philips Screwdriver With Locking System 10.Reamer/Punch 11.Nail File 12.Saw 13.7/8/10/14mm Hexagon Wrench)..</t>
+        </is>
+      </c>
+      <c r="E107">
+        <v>862.5</v>
+      </c>
+      <c r="F107">
+        <v>750.0000</v>
+      </c>
+      <c r="G107"/>
+      <c r="H107">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>240</v>
+      </c>
+      <c r="B108" t="s">
+        <v>241</v>
+      </c>
+      <c r="C108" t="s">
+        <v>102</v>
+      </c>
+      <c r="D108" t="s">
+        <v>242</v>
+      </c>
+      <c r="E108">
+        <v>26312</v>
+      </c>
+      <c r="F108">
+        <v>22880.0000</v>
+      </c>
+      <c r="G108"/>
+      <c r="H108">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>243</v>
+      </c>
+      <c r="B109" t="s">
+        <v>244</v>
+      </c>
+      <c r="C109" t="s">
+        <v>102</v>
+      </c>
+      <c r="D109" t="s">
+        <v>245</v>
+      </c>
+      <c r="E109">
+        <v>28622.35</v>
+      </c>
+      <c r="F109">
+        <v>24889.0000</v>
+      </c>
+      <c r="G109"/>
+      <c r="H109">
+        <v>-4</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>246</v>
+      </c>
+      <c r="B110" t="s">
+        <v>247</v>
+      </c>
+      <c r="C110" t="s">
+        <v>10</v>
+      </c>
+      <c r="D110" t="inlineStr">
+        <is>
+          <t>GPO CENTURI 4-16x44i – G4i reticle
+Description
+Introducing the GPO CENTURI 4-16x44i Riflescope, meticulously crafted and adapted for the discerning American shooter. This riflescope is a seamless blend of value and performance, addressing every field-use feature sought after by North American shooters and hunters.
+Designed to elevate your shooting experience, the GPO CENTURI riflescope boasts a 30mm main tube, providing a maximum range of adjustments for unparalleled precision. The inco..</t>
+        </is>
+      </c>
+      <c r="E110">
+        <v>12166.7585</v>
+      </c>
+      <c r="F110">
+        <v>10579.7900</v>
+      </c>
+      <c r="G110"/>
+      <c r="H110">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>248</v>
+      </c>
+      <c r="B111" t="s">
+        <v>249</v>
+      </c>
+      <c r="C111" t="s">
+        <v>10</v>
+      </c>
+      <c r="D111" t="inlineStr">
+        <is>
+          <t>GPO CENTURI 4-16x44i – MOAi reticle
+Description
+Introducing the GPO CENTURI 4-16x44i Riflescope, meticulously crafted and adapted for the discerning American shooter. This riflescope is a seamless blend of value and performance, addressing every field-use feature sought after by North American shooters and hunters.
+Designed to elevate your shooting experience, the GPO CENTURI riflescope boasts a 30mm main tube, providing a maximum range of adjustments for unparalleled precision. The inc..</t>
+        </is>
+      </c>
+      <c r="E111">
+        <v>11833.339</v>
+      </c>
+      <c r="F111">
+        <v>10289.8600</v>
+      </c>
+      <c r="G111"/>
+      <c r="H111">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>250</v>
+      </c>
+      <c r="B112" t="s">
+        <v>251</v>
+      </c>
+      <c r="C112" t="s">
+        <v>10</v>
+      </c>
+      <c r="D112" t="inlineStr">
+        <is>
+          <t>GPO PASSION HD 15×50 - Description
+While a 15X power binocular and a 50mm binocular are typically big, this 15×50 binocular stands out for its compact design when compared to other 15X models. Embodying a large field of view and an overall slim design, GPO proudly introduces the PASSION HD 15×50 binocular, which perfectly balances high magnification, size and weight.
+			Magnification
+			15X
+			Eye Relief GOOD
+			16.5mm
+			FOV @ 1000y
+	..</t>
+        </is>
+      </c>
+      <c r="E112">
+        <v>29938.6975</v>
+      </c>
+      <c r="F112">
+        <v>26033.6500</v>
+      </c>
+      <c r="G112"/>
+      <c r="H112">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>252</v>
+      </c>
+      <c r="B113" t="s">
+        <v>253</v>
+      </c>
+      <c r="C113" t="s">
+        <v>10</v>
+      </c>
+      <c r="D113" t="inlineStr">
+        <is>
+          <t>Description
+Elevate your observational experience with the cutting-edge PASSION SD 10×42 Binoculars, the latest addition to the renowned PASSION binocular line. Meticulously designed for those who seek optimal optical performance in lower light conditions without compromising on affordability.
+Crafted on a robust magnesium frame, the PASSION SD 10×42 features high-grade SD (substantial definition) glass elements, establishing itself as the market’s best price versus performance product. We..</t>
+        </is>
+      </c>
+      <c r="E113">
+        <v>7468.629</v>
+      </c>
+      <c r="F113">
+        <v>6494.4600</v>
+      </c>
+      <c r="G113"/>
+      <c r="H113">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>254</v>
+      </c>
+      <c r="B114" t="s">
+        <v>255</v>
+      </c>
+      <c r="C114" t="s">
+        <v>10</v>
+      </c>
+      <c r="D114" t="inlineStr">
+        <is>
+          <t>Description
+Elevate your observational experience with the cutting-edge PASSION SD 8×42 Binoculars, the latest addition to the renowned PASSION binocular line. Meticulously designed for those who seek optimal optical performance in lower light conditions without compromising on affordability.
+Crafted on a robust magnesium frame, the PASSION SD 8×42 features high-grade SD (substantial definition) glass elements, establishing itself as the market’s best price versus performance product. Weig..</t>
+        </is>
+      </c>
+      <c r="E114">
+        <v>7468.1</v>
+      </c>
+      <c r="F114">
+        <v>6494.0000</v>
+      </c>
+      <c r="G114"/>
+      <c r="H114">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>256</v>
+      </c>
+      <c r="B115" t="s">
+        <v>257</v>
+      </c>
+      <c r="C115" t="s">
+        <v>10</v>
+      </c>
+      <c r="D115" t="inlineStr">
+        <is>
+          <t>PASSION™ ED 10×56
+Build from a very light and durable magnesium housing, our PASSION™ ED 8x/10x 56mm models are our offering aimed specifically at those who demand excellent lowlight performance at a reasonable price.
+The Abbe-König prism, the superior imaging performance in transmission and contrast by large exit pupils allow a pleasant and relaxed observation even after dawn...</t>
+        </is>
+      </c>
+      <c r="E115">
+        <v>15996.5</v>
+      </c>
+      <c r="F115">
+        <v>13910.0000</v>
+      </c>
+      <c r="G115"/>
+      <c r="H115">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>258</v>
+      </c>
+      <c r="B116" t="s">
+        <v>259</v>
+      </c>
+      <c r="C116" t="s">
+        <v>10</v>
+      </c>
+      <c r="D116" t="inlineStr">
+        <is>
+          <t>SPECTRA 4x 2.5-10x44i
+Description
+Introducing the GPO SPECTRA 2.5-10x44i Riflescope, the perfect companion for everyday shooting and hunting scenarios. Engineered to deliver versatile performance, this riflescope is designed to be a reliable workhorse in various environments. With a 4x zoom factor, it offers exceptional flexibility for different target distances and shooting conditions.
+At the 2.5 power setting, the GPO SPECTRA 2.5-10x44i Riflescope excels at close or moving targets, pr..</t>
+        </is>
+      </c>
+      <c r="E116">
+        <v>12176.2</v>
+      </c>
+      <c r="F116">
+        <v>10588.0000</v>
+      </c>
+      <c r="G116"/>
+      <c r="H116">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>260</v>
+      </c>
+      <c r="B117" t="s">
+        <v>261</v>
+      </c>
+      <c r="C117" t="s">
+        <v>10</v>
+      </c>
+      <c r="D117" t="inlineStr">
+        <is>
+          <t>SPECTRA 6X 1.5-9x44i
+Introducing the GPO SPECTRA 1.5-9x44i Riflescope, a high-performance optic designed to deliver versatility and precision in your hunting pursuits. This riflescope offers the ideal balance between a wide magnification range and a slightly larger objective lens, ensuring exceptional performance in lower-light shooting conditions.
+Designed to meet the demands of North American game hunting, the GPO SPECTRA 1.5-9x44i Riflescope is suitable for a wide range of species, from..</t>
+        </is>
+      </c>
+      <c r="E117">
+        <v>16670.653</v>
+      </c>
+      <c r="F117">
+        <v>14496.2200</v>
+      </c>
+      <c r="G117"/>
+      <c r="H117">
+        <v>-1</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>262</v>
+      </c>
+      <c r="B118" t="s">
+        <v>263</v>
+      </c>
+      <c r="C118" t="s">
+        <v>32</v>
+      </c>
+      <c r="D118" t="inlineStr">
+        <is>
+          <t>Quick Anneal - Feeder Large
+“Made under licence from Wombat Ordnance, Australia."
+Treat your customers with this unit.&amp;nbsp; Available if multiple colour combinations. Feeder for 4 caliber types, for the Quick Anneal Unit.&amp;nbsp; 3D Printed and motorized.&amp;nbsp; Save time while feeder feeds brass at different speeds into Annealer.
+This is a version of a product adapted from the original design on Thingiverse.com by Wombat&amp;nbsp;https://www.thingiverse.com/thing:4902058 .&amp;nbsp; Changes were..</t>
+        </is>
+      </c>
+      <c r="E118">
+        <v>2012.5</v>
+      </c>
+      <c r="F118">
+        <v>1750.0000</v>
+      </c>
+      <c r="G118"/>
+      <c r="H118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>264</v>
+      </c>
+      <c r="B119" t="s">
+        <v>265</v>
+      </c>
+      <c r="C119" t="s">
+        <v>10</v>
+      </c>
+      <c r="D119" t="inlineStr">
+        <is>
+          <t>GPO USA Centuri 2.5-15x50
+Built for a clear, bright view with a 50mm objective lenses and high-density glass elements, the&amp;nbsp;2.5-15x50 Centuri Riflescope&amp;nbsp;from&amp;nbsp;GPO USA&amp;nbsp;features a versatile magnification range and a simple and effective reticle design. Hold for windage and bullet-drop or dial in the trajectory at 1/4 MOA per click with 110 MOA of vertical and horizontal adjustment. Full GPObright multicoating ensures high light transmission for a bright image and the PASSIONdr..</t>
+        </is>
+      </c>
+      <c r="E119">
+        <v>12589.395</v>
+      </c>
+      <c r="F119">
+        <v>10947.3000</v>
+      </c>
+      <c r="G119"/>
+      <c r="H119">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>266</v>
+      </c>
+      <c r="B120" t="s">
+        <v>267</v>
+      </c>
+      <c r="C120" t="s">
+        <v>102</v>
+      </c>
+      <c r="D120" t="inlineStr">
+        <is>
+          <t>The AutoThrow powder hopper is made from PETG and incorporates a valve which blocks the flow when rotated. This hopper holds over 1 lb of powder. Hopper cover included.
+V3-style has an X and O mark to indicate whether it is open or closed.&amp;nbsp; Fits any V2 or V 3 AutoThrow.
+V4-style is designed to lock in place on a V4 AutoTrickler and cannot be removed unless the hopper is closed.
+V3-style is displayed..</t>
+        </is>
+      </c>
+      <c r="E120">
+        <v>797.9965</v>
+      </c>
+      <c r="F120">
+        <v>693.9100</v>
+      </c>
+      <c r="G120"/>
+      <c r="H120">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>268</v>
+      </c>
+      <c r="B121" t="s">
+        <v>269</v>
+      </c>
+      <c r="C121" t="s">
+        <v>102</v>
+      </c>
+      <c r="D121" t="s">
+        <v>270</v>
+      </c>
+      <c r="E121">
+        <v>2541.5</v>
+      </c>
+      <c r="F121">
+        <v>2210.0000</v>
+      </c>
+      <c r="G121"/>
+      <c r="H121">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>271</v>
+      </c>
+      <c r="B122" t="s">
+        <v>272</v>
+      </c>
+      <c r="C122" t="s">
+        <v>102</v>
+      </c>
+      <c r="D122" t="s">
+        <v>273</v>
+      </c>
+      <c r="E122">
+        <v>796.95</v>
+      </c>
+      <c r="F122">
+        <v>693.0000</v>
+      </c>
+      <c r="G122"/>
+      <c r="H122">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>274</v>
+      </c>
+      <c r="B123" t="s">
+        <v>275</v>
+      </c>
+      <c r="C123" t="s">
+        <v>102</v>
+      </c>
+      <c r="D123" t="inlineStr">
+        <is>
+          <t>Timing Belt for V3 Auto Trickler
+This belt does not wear out over time under normal use and&amp;nbsp;you should never need to replace it.
+The V3 style is for the toothed pulleys on the V3 AutoThrow. It will not fit the V2 AutoThrow.&amp;nbsp;
+The V4 has two different sized belts for each tube. If you do need to replace your belt please contact us for instructions before attempting to disassemble AutoTrickler or AutoThrow...</t>
+        </is>
+      </c>
+      <c r="E123">
+        <v>733.93</v>
+      </c>
+      <c r="F123">
+        <v>638.2000</v>
+      </c>
+      <c r="G123"/>
+      <c r="H123">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>276</v>
+      </c>
+      <c r="B124" t="s">
+        <v>277</v>
+      </c>
+      <c r="C124" t="s">
+        <v>102</v>
+      </c>
+      <c r="D124" t="s">
+        <v>278</v>
+      </c>
+      <c r="E124">
+        <v>299</v>
+      </c>
+      <c r="F124">
+        <v>260.0000</v>
+      </c>
+      <c r="G124"/>
+      <c r="H124">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>279</v>
+      </c>
+      <c r="B125" t="s">
+        <v>280</v>
+      </c>
+      <c r="C125" t="s">
+        <v>102</v>
+      </c>
+      <c r="D125" t="inlineStr">
+        <is>
+          <t>Timing Belt for V4 Auto Trickler
+The V4 has two different sized belts for each tube. If you do need to replace your belt please contact us for instructions before attempting to disassemble AutoTrickler or AutoThrow...</t>
+        </is>
+      </c>
+      <c r="E125">
+        <v>618.93</v>
+      </c>
+      <c r="F125">
+        <v>538.2000</v>
+      </c>
+      <c r="G125"/>
+      <c r="H125">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>281</v>
+      </c>
+      <c r="B126" t="s">
+        <v>281</v>
+      </c>
+      <c r="C126" t="s">
+        <v>25</v>
+      </c>
+      <c r="D126" t="inlineStr">
+        <is>
+          <t>Robust -T1
+Components：
+440 Stainless (Blade/Scissors ） 420 Stainless (Handle：420 Stainless 1.Needlenose Pliers 2.Regular Pliers 3.Wire Cutter 4.Blade 5.Scissors 6.Multipurpose Cutter 7.Bottle Opener With Flat Screwdriver 8.Can Opener With Flat Screwdriver 9.Phillips Screwdriver 10.Reamer 11.Metal File 12.Ruler 13.Saw 14.Wire Stripper 15.Belt Clip)..</t>
+        </is>
+      </c>
+      <c r="E126">
+        <v>920.92</v>
+      </c>
+      <c r="F126">
+        <v>800.8000</v>
+      </c>
+      <c r="G126"/>
+      <c r="H126">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>282</v>
+      </c>
+      <c r="B127" t="s">
+        <v>283</v>
+      </c>
+      <c r="C127" t="s">
+        <v>28</v>
+      </c>
+      <c r="D127" t="inlineStr">
+        <is>
+          <t>Marlin Rimfire MAR-1 (1lb – 2.5lb pull)
+Rated&amp;nbsp;4.94&amp;nbsp;out of 5 based on&amp;nbsp;34customer ratings
+• Marlin Rimfire Replacement trigger for the following models prior to 2005 including models: 15, 25, 780, 781, 782, 783, 880, 882, 883, 17 V, 17 VS &amp;amp; 2000.
+• Comes complete with instructions, hardware pack, and wrench for easy user installation.
+• Weight of pull range between 1lb – 2.5lbs.
+• Available in Black &amp;amp; Silver..</t>
+        </is>
+      </c>
+      <c r="E127">
+        <v>4455.1</v>
+      </c>
+      <c r="F127">
+        <v>3874.0000</v>
+      </c>
+      <c r="G127"/>
+      <c r="H127">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>284</v>
+      </c>
+      <c r="B128" t="s">
+        <v>285</v>
+      </c>
+      <c r="C128" t="s">
+        <v>25</v>
+      </c>
+      <c r="D128" t="inlineStr">
+        <is>
+          <t>Robust -T3 Multitool
+Multi-Functional 11 in-1 Durable Stainless Steel Multi Tool Knife Folding Pliers.&amp;nbsp; &amp;nbsp;(Also see T8 Combo- Your favourite T8 was split in two)
+Material :2cr13 Surface process.&amp;nbsp; Sand blasted stainless steel handle.&amp;nbsp;&amp;nbsp;Closed size :115mm x 40mm x 20mm Weight :0.350 kg.&amp;nbsp; Blades 420.Stainless steel.
+1. Can opener 2. Rescue hook 3. Flat-head screwdriver 4. Double-sided file 5. Box opener 6. Scissors 7 Knife 8. Phillips screwdriver 9. Flat-head sc..</t>
+        </is>
+      </c>
+      <c r="E128">
+        <v>384.997</v>
+      </c>
+      <c r="F128">
+        <v>334.7800</v>
+      </c>
+      <c r="G128"/>
+      <c r="H128">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>286</v>
+      </c>
+      <c r="B129" t="s">
+        <v>287</v>
+      </c>
+      <c r="C129" t="s">
+        <v>28</v>
+      </c>
+      <c r="D129" t="inlineStr">
+        <is>
+          <t>Ruger RU-MK II All Centerfire’s (14oz-2.5lb)
+Rated&amp;nbsp;4.88&amp;nbsp;out of 5 based on&amp;nbsp;16customer ratings
+• Replacement trigger for current Ruger bolt action centerfire rifles (See our RU-R for .357 &amp;amp; .44). Aftermarket trigger of choice for Ruger’s.
+• Kit fits Ruger M77 &amp;amp; M77 Mark II
+• Kit fits new “Hawkeye” Models with LC6 Trigger.
+• Kit also fits the Ruger SCOUT
+• Right or Left hand application
+• Comes complete with instructions, hardware pack, and wrench for easy user ins..</t>
+        </is>
+      </c>
+      <c r="E129">
+        <v>4036.5</v>
+      </c>
+      <c r="F129">
+        <v>3510.0000</v>
+      </c>
+      <c r="G129"/>
+      <c r="H129">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>288</v>
+      </c>
+      <c r="B130" t="s">
+        <v>289</v>
+      </c>
+      <c r="C130" t="s">
+        <v>28</v>
+      </c>
+      <c r="D130" t="inlineStr">
+        <is>
+          <t>Ruger RU-R Rimfire .22 &amp;amp; .17 (14oz-2.5lb)
+Rated&amp;nbsp;4.77&amp;nbsp;out of 5 based on&amp;nbsp;13customer ratings
+• Replacement trigger for current Ruger bolt action rimfire 77/.22 &amp;amp; 77/.17 (plus Hornet) also fits .44, .22 &amp;amp; .357 Magnum
+• Does not fit the Ruger American Rifle
+• Right or left hand operation
+• Comes complete with instructions, hardware pack, and wrench for easy user installation.
+• Weight of pull range: 14oz.-2.5lbs
+• Available in Black or Silver..</t>
+        </is>
+      </c>
+      <c r="E130">
+        <v>4036.5</v>
+      </c>
+      <c r="F130">
+        <v>3510.0000</v>
+      </c>
+      <c r="G130"/>
+      <c r="H130">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>290</v>
+      </c>
+      <c r="B131" t="s">
+        <v>291</v>
+      </c>
+      <c r="C131" t="s">
+        <v>28</v>
+      </c>
+      <c r="D131" t="inlineStr">
+        <is>
+          <t>Marlin Rimfire MAR-917 (1lb – 2.5lb pull)
+Rated&amp;nbsp;5.00&amp;nbsp;out of 5 based on&amp;nbsp;9customer ratings
+• Replacement trigger for the following Marlin firearms models: 915, 917, 925, 980, 981, 982 &amp;amp; 983.
+• Replaces ‘T-900’ trigger system
+• Does not fit 2011 XT Pro-Fire trigger or the XR-17V
+• Comes complete with instruction sheet, hardware pack, and adjustment wrench for easy user installation
+• Weight of pull range 1lbs to 2.5lbs
+• Available in Black or Silver
+&amp;nbsp;..</t>
+        </is>
+      </c>
+      <c r="E131">
+        <v>4455.1</v>
+      </c>
+      <c r="F131">
+        <v>3874.0000</v>
+      </c>
+      <c r="G131"/>
+      <c r="H131">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>292</v>
+      </c>
+      <c r="B132" t="s">
+        <v>292</v>
+      </c>
+      <c r="C132" t="s">
+        <v>102</v>
+      </c>
+      <c r="D132" t="inlineStr">
+        <is>
+          <t>This cable fits either the AutoTrickler or AutoThrow motor.
+The motor end of this cable includes strain relief heatshrink to keep it from bending. Avoid flexing the ends&amp;nbsp;and ensure this stays in place. Always disconnect the cable before moving the AutoTrickler to empty powder in order to avoid flexing the ends.
+If the motor is shaking in place and not turning, the most likely reason is one of the four wires in this cable is broken. Check both ends of the cable and try swapping the cab..</t>
+        </is>
+      </c>
+      <c r="E132">
+        <v>339.25</v>
+      </c>
+      <c r="F132">
+        <v>295.0000</v>
+      </c>
+      <c r="G132"/>
+      <c r="H132">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>293</v>
+      </c>
+      <c r="B133" t="s">
+        <v>294</v>
+      </c>
+      <c r="C133" t="s">
+        <v>25</v>
+      </c>
+      <c r="D133" t="inlineStr">
+        <is>
+          <t>Robust Pouch&amp;nbsp;
+Dark Brown Cow leather, strengthened and redesigned for Robust multitools.&amp;nbsp; &amp;nbsp;Pouches made to shape.
+Place tool in pouch taking care it is straight.&amp;nbsp; With tool in pouch take wet cloth and wet leather on top thoroughly, let dry, and repeat, 3 to 4 times over 24 hours, whilst keeping the tool in the pouch.&amp;nbsp; This should give you a snug fit and vintage look...</t>
+        </is>
+      </c>
+      <c r="E133">
+        <v>161</v>
+      </c>
+      <c r="F133">
+        <v>140.0000</v>
+      </c>
+      <c r="G133"/>
+      <c r="H133">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>295</v>
+      </c>
+      <c r="B134" t="s">
+        <v>296</v>
+      </c>
+      <c r="C134" t="s">
+        <v>25</v>
+      </c>
+      <c r="D134" t="inlineStr">
+        <is>
+          <t>Robust Pouch Light Brown
+&amp;nbsp;
+Cows leather, strengthened and redesigned for Robust multitools.&amp;nbsp; &amp;nbsp;Pouches made to shape to give you a snug fit and vintage look.
+Place tool in pouch taking care it is straight. &amp;nbsp;With tool in pouch take wet cloth and wet leather on top thoroughly, let dry, and repeat, 3 to 4 times over 24 hours, whilst keeping the tool in the pouch. &amp;nbsp;This should give you a snug fit and vintage look...</t>
+        </is>
+      </c>
+      <c r="E134">
+        <v>161</v>
+      </c>
+      <c r="F134">
+        <v>140.0000</v>
+      </c>
+      <c r="G134"/>
+      <c r="H134">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>297</v>
+      </c>
+      <c r="B135" t="s">
+        <v>298</v>
+      </c>
+      <c r="C135" t="s">
+        <v>25</v>
+      </c>
+      <c r="D135" t="s">
+        <v>299</v>
+      </c>
+      <c r="E135">
+        <v>115</v>
+      </c>
+      <c r="F135">
+        <v>100.0000</v>
+      </c>
+      <c r="G135"/>
+      <c r="H135">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>300</v>
+      </c>
+      <c r="B136" t="s">
+        <v>301</v>
+      </c>
+      <c r="C136" t="s">
+        <v>25</v>
+      </c>
+      <c r="D136" t="s">
+        <v>302</v>
+      </c>
+      <c r="E136">
+        <v>74.75</v>
+      </c>
+      <c r="F136">
+        <v>65.0000</v>
+      </c>
+      <c r="G136"/>
+      <c r="H136">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>303</v>
+      </c>
+      <c r="B137" t="s">
+        <v>304</v>
+      </c>
+      <c r="C137" t="s">
+        <v>28</v>
+      </c>
+      <c r="D137" t="inlineStr">
+        <is>
+          <t>Ruger RU-T Trigger Sear
+Rated&amp;nbsp;4.98&amp;nbsp;out of 5 based on&amp;nbsp;43customer ratings
+&amp;nbsp;
+• Replacement Sear for early bolt action centerfire Ruger with ‘Tang’ Safety.
+• Produces clean, crisp, light pull operation in conjunction with fully adjustable factory trigger.
+• Uses factory safety.
+• Weight of pull range 14 oz to 2 lbs
+• Comes complete with instruction sheet for easy installation..</t>
+        </is>
+      </c>
+      <c r="E137">
+        <v>1420.25</v>
+      </c>
+      <c r="F137">
+        <v>1235.0000</v>
+      </c>
+      <c r="G137"/>
+      <c r="H137">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>305</v>
+      </c>
+      <c r="B138" t="s">
+        <v>306</v>
+      </c>
+      <c r="C138" t="s">
+        <v>307</v>
+      </c>
+      <c r="D138" t="inlineStr">
+        <is>
+          <t>CLARX - Rechargeable LED Magnifier headset
+CLARX - Rechargeable LED Magnifier headset with 5x interchangeable lenses and headset. (Buy the Brand buy the peace of mind!)..</t>
+        </is>
+      </c>
+      <c r="E138">
+        <v>322</v>
+      </c>
+      <c r="F138">
+        <v>280.0000</v>
+      </c>
+      <c r="G138" t="s">
+        <v>308</v>
+      </c>
+      <c r="H138">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>309</v>
+      </c>
+      <c r="B139" t="s">
+        <v>310</v>
+      </c>
+      <c r="C139" t="s">
+        <v>25</v>
+      </c>
+      <c r="D139" t="s">
+        <v>311</v>
+      </c>
+      <c r="E139">
+        <v>161</v>
+      </c>
+      <c r="F139">
+        <v>140.0000</v>
+      </c>
+      <c r="G139"/>
+      <c r="H139">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>312</v>
+      </c>
+      <c r="B140" t="s">
+        <v>313</v>
+      </c>
+      <c r="C140" t="s">
+        <v>25</v>
+      </c>
+      <c r="D140" t="s">
+        <v>314</v>
+      </c>
+      <c r="E140">
+        <v>161</v>
+      </c>
+      <c r="F140">
+        <v>140.0000</v>
+      </c>
+      <c r="G140"/>
+      <c r="H140">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>315</v>
+      </c>
+      <c r="B141" t="s">
+        <v>316</v>
+      </c>
+      <c r="C141" t="s">
+        <v>32</v>
+      </c>
+      <c r="D141" t="inlineStr">
+        <is>
+          <t>Multitool
+Components：
+We buy hundreds and only choose the best when expanding the range. These did not make the cut (SOME PUN INTENDED) They are not bad they are just not the quality we can put our brand on and thus, sold at a giveaway price.
+&amp;nbsp;..</t>
+        </is>
+      </c>
+      <c r="E141">
+        <v>287.5</v>
+      </c>
+      <c r="F141">
+        <v>250.0000</v>
+      </c>
+      <c r="G141"/>
+      <c r="H141">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>317</v>
+      </c>
+      <c r="B142" t="s">
+        <v>318</v>
+      </c>
+      <c r="C142" t="s">
+        <v>25</v>
+      </c>
+      <c r="D142" t="s">
+        <v>319</v>
+      </c>
+      <c r="E142">
+        <v>0</v>
+      </c>
+      <c r="F142">
+        <v>0.0000</v>
+      </c>
+      <c r="G142"/>
+      <c r="H142">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>320</v>
+      </c>
+      <c r="B143" t="s">
+        <v>321</v>
+      </c>
+      <c r="C143" t="s">
+        <v>32</v>
+      </c>
+      <c r="D143" t="s">
+        <v>322</v>
+      </c>
+      <c r="E143">
+        <v>747.5</v>
+      </c>
+      <c r="F143">
+        <v>650.0000</v>
+      </c>
+      <c r="G143"/>
+      <c r="H143">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>323</v>
+      </c>
+      <c r="B144" t="s">
+        <v>323</v>
+      </c>
+      <c r="C144" t="s">
+        <v>32</v>
+      </c>
+      <c r="D144" t="s" s="2">
+        <v>324</v>
+      </c>
+      <c r="E144">
+        <v>51.75</v>
+      </c>
+      <c r="F144">
+        <v>45.0000</v>
+      </c>
+      <c r="G144"/>
+      <c r="H144">
+        <v>50</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>