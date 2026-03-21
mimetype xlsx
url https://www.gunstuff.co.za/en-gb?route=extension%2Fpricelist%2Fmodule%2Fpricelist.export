--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -9,74 +9,71 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="325" uniqueCount="325">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="333" uniqueCount="333">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Model</t>
   </si>
   <si>
     <t>Manufacturer</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Price (Incl)</t>
   </si>
   <si>
     <t>Price (Excl)</t>
   </si>
   <si>
     <t>Special Price</t>
-  </si>
-[...1 lines deleted...]
-    <t>Quantity</t>
   </si>
   <si>
     <t>GPO SPECTRA 8x  1-8x24i</t>
   </si>
   <si>
     <t>RSX801</t>
   </si>
   <si>
     <t>GPO</t>
   </si>
   <si>
     <t>GPO TAC Spotter 15-45x60</t>
   </si>
   <si>
     <t>TS100</t>
   </si>
   <si>
     <t>Jager 30mm Scope Bubble Level Black</t>
   </si>
   <si>
     <t>JASCBL30</t>
   </si>
   <si>
     <t>Jager</t>
   </si>
@@ -183,50 +180,56 @@
   <si>
     <t>AC311</t>
   </si>
   <si>
     <t>AC OAL Guage</t>
   </si>
   <si>
     <t>AC294</t>
   </si>
   <si>
     <t>AND FX-120i</t>
   </si>
   <si>
     <t>FX 120i</t>
   </si>
   <si>
     <t>AND</t>
   </si>
   <si>
     <t>AND FZ-120i</t>
   </si>
   <si>
     <t>FZ 120i</t>
   </si>
   <si>
+    <t>GPO CENTURI 3-18x44i – MOAi reticle</t>
+  </si>
+  <si>
+    <t>RCX650</t>
+  </si>
+  <si>
     <t>GPO CENTURI 3-18x50i – MOAi reticle</t>
   </si>
   <si>
     <t>RCX651</t>
   </si>
   <si>
     <t>R11,442.50</t>
   </si>
   <si>
     <t>GPO CENTURI 4-16x44i FFP Compact</t>
   </si>
   <si>
     <t>RC450</t>
   </si>
   <si>
     <t>GPO CENTURI 4x 3-12x44i Compact G4i Fiber SFP</t>
   </si>
   <si>
     <t>RC420</t>
   </si>
   <si>
     <t>GPO PASSION 20-60×85 APO</t>
   </si>
   <si>
     <t>SP300</t>
@@ -303,51 +306,51 @@
   <si>
     <t>RS673</t>
   </si>
   <si>
     <t>GPO SPECTRA 8x 1,6-13x44i</t>
   </si>
   <si>
     <t>RSX810</t>
   </si>
   <si>
     <t>GPO SPECTRA 8x 2-16x50i</t>
   </si>
   <si>
     <t>RSX822</t>
   </si>
   <si>
     <t>GPO SPECTRA Dot</t>
   </si>
   <si>
     <t>RD100</t>
   </si>
   <si>
     <t>GPO SPECTRA Pistol Reflex Dot</t>
   </si>
   <si>
-    <t>RD 120</t>
+    <t>RD120</t>
   </si>
   <si>
     <t>GPO SPECTRA™ 6x 4.5-27x50i FFP PLRi</t>
   </si>
   <si>
     <t>RS672</t>
   </si>
   <si>
     <t>Hitmarker</t>
   </si>
   <si>
     <t>MI Hitmarker</t>
   </si>
   <si>
     <t>Mc Donald Innovations</t>
   </si>
   <si>
     <t>Jager 34mm Scope Bubble Level Black</t>
   </si>
   <si>
     <t>JASCBR34</t>
   </si>
   <si>
     <t>Black&amp;nbsp;Jager&amp;nbsp; 34mm Scope Bubble Level..</t>
   </si>
@@ -409,84 +412,96 @@
   <si>
     <t>LinkoGEAR HB-C03 Bipod</t>
   </si>
   <si>
     <t>HB-C03</t>
   </si>
   <si>
     <t>LinkoGEAR HB-C04 Bipod</t>
   </si>
   <si>
     <t>HB-C04</t>
   </si>
   <si>
     <t>LinkoGEAR HB-C05 Bipod</t>
   </si>
   <si>
     <t>HB-C05</t>
   </si>
   <si>
     <t>LinkoGEAR HB-C05M Bipod</t>
   </si>
   <si>
     <t>HB-C05M</t>
   </si>
   <si>
+    <t>LinkoGEAR IP-01</t>
+  </si>
+  <si>
+    <t>IP-01</t>
+  </si>
+  <si>
     <t>LinkoGEAR PA-03 Swivel</t>
   </si>
   <si>
     <t>PA-03</t>
   </si>
   <si>
     <t>Swivel Stud LinkoGEAR..</t>
   </si>
   <si>
     <t>LinkoGEAR PA-13</t>
   </si>
   <si>
     <t>PA-13</t>
   </si>
   <si>
     <t>LinkoGEAR PA-15</t>
   </si>
   <si>
     <t>PA-15</t>
   </si>
   <si>
-    <t>LinkoGEAR PA-25_27</t>
-[...2 lines deleted...]
-    <t>PA-25_27</t>
+    <t>LinkoGEAR PA-25</t>
+  </si>
+  <si>
+    <t>PA-25</t>
+  </si>
+  <si>
+    <t>LinkoGEAR PA-27</t>
+  </si>
+  <si>
+    <t>PA-27</t>
   </si>
   <si>
     <t>Linkogear Universal Bipod Feet</t>
   </si>
   <si>
+    <t>BSP-01</t>
+  </si>
+  <si>
     <t>BSP-02</t>
-  </si>
-[...1 lines deleted...]
-    <t>BSP-01</t>
   </si>
   <si>
     <t>Linkogear Universal Bipod Feet BSP-03 Aluminum - Pair</t>
   </si>
   <si>
     <t>BSP-03</t>
   </si>
   <si>
     <t>MDT Adjustable Bag Rider</t>
   </si>
   <si>
     <t>MDT ABR</t>
   </si>
   <si>
     <t>MI AutoTricklerV4</t>
   </si>
   <si>
     <t>V4 AutoTrickler</t>
   </si>
   <si>
     <t>MI Shotmarker1</t>
   </si>
   <si>
     <t>Shotmarker</t>
   </si>
@@ -580,56 +595,50 @@
     <t>Remington 700 REM-SAF</t>
   </si>
   <si>
     <t>REM-SAF</t>
   </si>
   <si>
     <t>Robust - T3-T7 (Split Combo)</t>
   </si>
   <si>
     <t>Robust - Split Combo</t>
   </si>
   <si>
     <t>Robust -T5S</t>
   </si>
   <si>
     <t>Robust -T6</t>
   </si>
   <si>
     <t>Robust - T6</t>
   </si>
   <si>
     <t>Robust -T7</t>
   </si>
   <si>
     <t>Robust - T7</t>
-  </si>
-[...4 lines deleted...]
-    <t>T2C</t>
   </si>
   <si>
     <t>Ruger M77 MK II Varmint / Target (8oz-3lb)</t>
   </si>
   <si>
     <t>RU-VT</t>
   </si>
   <si>
     <t>Savage Arms (Universal)</t>
   </si>
   <si>
     <t>SAV-2</t>
   </si>
   <si>
     <t>Savage Arms 110  14oz-3lbs</t>
   </si>
   <si>
     <t>SAV-1</t>
   </si>
   <si>
     <t>Savage Arms Trigger Sear w/o AccuTrigger</t>
   </si>
   <si>
     <t>T– SAV-R</t>
   </si>
@@ -738,68 +747,50 @@
   <si>
     <t>ST-402J</t>
   </si>
   <si>
     <t>Jager ST-402J - JH55 Tripod Combo</t>
   </si>
   <si>
     <t>Jager Tripod Combo</t>
   </si>
   <si>
     <t>JH-324C</t>
   </si>
   <si>
     <t>MI V4 Spare Parts Kit</t>
   </si>
   <si>
     <t>V4 Spare Parts Kit</t>
   </si>
   <si>
     <t>Robust -T5BR</t>
   </si>
   <si>
     <t>Robust T-5 BR</t>
   </si>
   <si>
-    <t>V4 AutoTrickler / AND - FX COMBO</t>
-[...16 lines deleted...]
-  <si>
     <t>GPO CENTURI 4-16x44i – G4i reticle</t>
   </si>
   <si>
     <t>RCX441</t>
   </si>
   <si>
     <t>GPO CENTURI 4-16x44i – MOAi reticle</t>
   </si>
   <si>
     <t>RC440</t>
   </si>
   <si>
     <t>GPO PASSION HD 15×50 Binocular</t>
   </si>
   <si>
     <t>B700</t>
   </si>
   <si>
     <t>GPO PASSION SD 10×42</t>
   </si>
   <si>
     <t>B250</t>
   </si>
   <si>
     <t>GPO PASSION SD 8×42</t>
@@ -820,76 +811,88 @@
     <t>RS421</t>
   </si>
   <si>
     <t>GPO SPECTRA 6X 1.5-9x44i</t>
   </si>
   <si>
     <t>RS630</t>
   </si>
   <si>
     <t>Quick Anneal  - Feeder Large up to .338 and or optional 33/37XC</t>
   </si>
   <si>
     <t>Quick Anneal Feeder</t>
   </si>
   <si>
     <t>GPO USA Centuri 2.5-15x50 G4i</t>
   </si>
   <si>
     <t>RCX637</t>
   </si>
   <si>
     <t>MI V4 Hopper</t>
   </si>
   <si>
     <t>V4 Hopper</t>
+  </si>
+  <si>
+    <t>MI Power Adapter</t>
+  </si>
+  <si>
+    <t>Power adapter</t>
   </si>
   <si>
     <t>MI V3 Electronics</t>
   </si>
   <si>
     <t>Replacement Board V3</t>
   </si>
   <si>
     <t>Replacement Board for the V3 Autotrickler..</t>
   </si>
   <si>
     <t>MI V3 Spare Parts Kit</t>
   </si>
   <si>
     <t>V3 Spare Parts Kit</t>
   </si>
   <si>
     <t>Includes:
 	Glass Cup
 	V3 Centering Tray
 	V3 Funnel
 	V3 AutoTrickler Pulley Belts (5)
 	Roof Clips (4)
 Not suitable for V4 AutoTrickler...</t>
   </si>
   <si>
+    <t>V3 AutoTrickler Tube</t>
+  </si>
+  <si>
+    <t>Replacement V3 AutoTrickler Tube..</t>
+  </si>
+  <si>
     <t>MI V3 Timing Belt</t>
   </si>
   <si>
     <t>V3 Timing Belt</t>
   </si>
   <si>
     <t>MI V4 / V3 Cup</t>
   </si>
   <si>
     <t>V4 Cup</t>
   </si>
   <si>
     <t>Cup for V4 and V3 Auto Trickler
 Cup for the V3 / V4 Autotrickler..</t>
   </si>
   <si>
     <t>MI V4 Timing Belt Set</t>
   </si>
   <si>
     <t>V4 Timing Belt Set</t>
   </si>
   <si>
     <t>Robust -T1</t>
   </si>
   <si>
@@ -910,56 +913,85 @@
   <si>
     <t>RU-MK II</t>
   </si>
   <si>
     <t>Ruger Rimfire .22 &amp;amp; .17 (14oz-2.5lb)</t>
   </si>
   <si>
     <t>RU-R</t>
   </si>
   <si>
     <t>Marlin Rimfire</t>
   </si>
   <si>
     <t>MAR-917</t>
   </si>
   <si>
     <t>MI V3 Motor Cable</t>
   </si>
   <si>
     <t>Robust Pouch DB (T1, T4, T2C)</t>
   </si>
   <si>
     <t>RobpouchDB</t>
   </si>
   <si>
+    <t>Robust Pouch DD5</t>
+  </si>
+  <si>
+    <t>RobpouchD5</t>
+  </si>
+  <si>
+    <t>Robust Pouch&amp;nbsp;
+Black ABS - strengthened and redesigned for Robust multitools.&amp;nbsp; &amp;nbsp;Pouches made to "shape fit" D5..</t>
+  </si>
+  <si>
     <t>Robust Pouch LB  (T1, T2C, T4)</t>
   </si>
   <si>
     <t>RobPouchLB</t>
   </si>
   <si>
+    <t>Robust Pouch RD52</t>
+  </si>
+  <si>
+    <t>RobpouchRD52</t>
+  </si>
+  <si>
+    <t>Robust Pouch&amp;nbsp;
+Gray ABS - strengthened and redesigned for Robust multitools.&amp;nbsp; &amp;nbsp;Pouches made to "shape fit" D5..</t>
+  </si>
+  <si>
+    <t>Bits for D5 Damascus</t>
+  </si>
+  <si>
+    <t>Bits D5</t>
+  </si>
+  <si>
+    <t>Screwdriver Bits for Robust D5..</t>
+  </si>
+  <si>
     <t>Robust Tools bits</t>
   </si>
   <si>
     <t>ScrewdriverBits</t>
   </si>
   <si>
     <t>Screwdriver Bits for Robust T1 and T5 all colours..</t>
   </si>
   <si>
     <t>Robust Tools Replacement Plier Blades</t>
   </si>
   <si>
     <t>Plier Blades Replacement</t>
   </si>
   <si>
     <t>Replacement for Robust pliers (Applicable models only)..</t>
   </si>
   <si>
     <t>RugerTrigger Sear</t>
   </si>
   <si>
     <t>RU-T</t>
   </si>
   <si>
     <t>CLARX Magnifier headset</t>
@@ -968,56 +1000,50 @@
     <t>CLARX Magnifier</t>
   </si>
   <si>
     <t>CLARX</t>
   </si>
   <si>
     <t>R195.50</t>
   </si>
   <si>
     <t>RobPouchLatchDB (T5, T8)</t>
   </si>
   <si>
     <t>RobPouchLatchDB (T8, T5)</t>
   </si>
   <si>
     <t>Robust Pouch with Latch for T8 , T5 and larger tools...</t>
   </si>
   <si>
     <t>RobPouchLatchLB (T5, T8)</t>
   </si>
   <si>
     <t>RobPouchLatchLB</t>
   </si>
   <si>
     <t>Robust Pouch with Latch for T5, T8 and larger tools...</t>
-  </si>
-[...4 lines deleted...]
-    <t>Multitool - NoName</t>
   </si>
   <si>
     <t>Robust Display</t>
   </si>
   <si>
     <t>Robust Display Stand</t>
   </si>
   <si>
     <t>Robust Display
 Display stands for model purchased, 2 per model at Zero cost for items that are not in blister packaging...</t>
   </si>
   <si>
     <t>Weight 50gr for calibration</t>
   </si>
   <si>
     <t>Weight 50gr</t>
   </si>
   <si>
     <t>50gr weight&amp;nbsp; Stainless steel 2Cr13&amp;nbsp; M1&amp;nbsp; Serial numbered..</t>
   </si>
   <si>
     <t>Sharpener1</t>
   </si>
   <si>
     <t>..</t>
@@ -1059,4208 +1085,3873 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H144"/>
+  <dimension ref="A1:G148"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="1"/>
     <col min="2" max="2" width="34" customWidth="1"/>
     <col min="3" max="3" width="22" customWidth="1"/>
     <col min="4" max="4" width="60" customWidth="1"/>
     <col min="5" max="5" width="13" customWidth="1"/>
     <col min="6" max="6" width="13" customWidth="1"/>
     <col min="7" max="7" width="14" customWidth="1"/>
-    <col min="8" max="8" width="9" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
-      <c r="H1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>7</v>
+      </c>
+      <c r="B2" t="s">
         <v>8</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>GPO&amp;nbsp; SPECTRA 8x 1-8x24i Fiber
 Description
 Introducing the pinnacle of riflescope technology, the SPECTRA 1-8x24i. Engineered for the most demanding scenarios, this scope stands as the ultimate companion for conquering dangerous game and rugged terrains. Its compact and lightweight design belies its formidable capabilities, as it harnesses the industry-leading 8x super zoom technology.
 With the revolutionary iCONTROL microdot illumination activated, this scope offers unparalleled ve..</t>
         </is>
       </c>
       <c r="E2">
-        <v>22241.667</v>
+        <v>19883.5</v>
       </c>
       <c r="F2">
-        <v>19340.5800</v>
+        <v>17290.0000</v>
       </c>
       <c r="G2"/>
-      <c r="H2">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
         <v>11</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>TAC Spotter 15-45x60 Product description
 High-Performance Optics:&amp;nbsp;The GPO TAC Spotter 15-45x60 features&amp;nbsp;premium multi-coated lenses, ensuring exceptional light transmission and brilliant, high-contrast images. This optical system delivers incredible edge-to-edge clarity and true-to-life colors, essential for detailed observation.
 Robust and Reliable Design:&amp;nbsp;Built for demanding outdoor use, this spotting scope boasts a&amp;nbsp;nitrogen-purged, waterproof, and fogproof constructi..</t>
         </is>
       </c>
       <c r="E3">
-        <v>20833.331</v>
+        <v>18687.5</v>
       </c>
       <c r="F3">
-        <v>18115.9400</v>
+        <v>16250.0000</v>
       </c>
       <c r="G3"/>
-      <c r="H3">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" t="s">
         <v>13</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>14</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="E4">
         <v>437</v>
       </c>
       <c r="F4">
         <v>380.0000</v>
       </c>
       <c r="G4"/>
-      <c r="H4">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
         <v>17</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D5" t="inlineStr">
         <is>
           <t>JH-55 Ballhead
 The LH-55J is a low center of gravity dual panoramic dual opening spherical ball head. Composed of aluminum alloy, using pure mechanical CNC machining and hard anode softening, paired with PU-70B quick assembly board. Its large main locking knob conforms to ergonomics and is easy to operate. The precision machined 55mm diameter sphere is smooth and silky, with the center of gravity shifted downwards, resulting in a more compact structure.
 ...</t>
         </is>
       </c>
       <c r="E5">
-        <v>1023.5</v>
+        <v>1449</v>
       </c>
       <c r="F5">
-        <v>890.0000</v>
+        <v>1260.0000</v>
       </c>
       <c r="G5"/>
-      <c r="H5">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" t="s">
         <v>19</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t>Jager Tomcat ST-424J&amp;nbsp; Tripod
 ST424J professional 4 section carbon fiber tripod is made of high quality genuine 10 layers carbon fiber which makes it superior stable and light. Designed to offer compact and lightweight camera and binocular. rifle or spotting scope support. All the main parts of this tripod are made via CNC and Anodic Oxidation technology, which makes the surface much prettier and the color more well-distributed and exquisite, refusing to fade. There is a removable 75mm mo..</t>
         </is>
       </c>
       <c r="E6">
         <v>4499.996</v>
       </c>
       <c r="F6">
         <v>3913.0400</v>
       </c>
       <c r="G6"/>
-      <c r="H6">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" t="s">
         <v>21</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>Jager Tomcat ST-424J&amp;nbsp; Tripod LH-55 COMBO
 ST424J professional 4 section carbon fiber tripod is made of high quality genuine 10 layers carbon fiber which makes it superior stable and light. Designed to offer compact and lightweight camera and binocular. rifle or spotting scope support. All the main parts of this tripod are made via CNC and Anodic Oxidation technology, which makes the surface much prettier and the color more well-distributed and exquisite, refusing to fade. There is a remov..</t>
         </is>
       </c>
       <c r="E7">
         <v>5462.5</v>
       </c>
       <c r="F7">
         <v>4750.0000</v>
       </c>
       <c r="G7"/>
-      <c r="H7">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" t="s">
         <v>23</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>Robust - D5&amp;nbsp; &amp;nbsp;Damascus - (Pre Order Now)
 			&amp;nbsp;
-			Stainless Steel,&amp;nbsp;Full Locking Multitool Pliers Multi Tool Multi-function&amp;nbsp;Tool with Belt Clip, featuring a Damascus blade and a unmistakenly battle worn&amp;nbsp;look.&amp;nbsp;
+			440 Stainless Steel,&amp;nbsp;Full Locking Multitool Pliers Multi Tool Multi-function&amp;nbsp;Tool with Belt Clip, featuring a Damascus blade and a unmistakenly battle worn&amp;nbsp;look.&amp;nbsp;
 			Size
 			11*5*2.2CM
 			Material
-			420#+440A Damascus Blade
+			#440A and Damascus Blade
 			Weight
 			263g
 			Packing
-			Pouch + Kraft B..</t>
+			Pouch + Kra..</t>
         </is>
       </c>
       <c r="E8">
-        <v>1251.2</v>
+        <v>1971.1</v>
       </c>
       <c r="F8">
-        <v>1088.0000</v>
+        <v>1714.0000</v>
       </c>
       <c r="G8"/>
-      <c r="H8">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>25</v>
+      </c>
+      <c r="B9" t="s">
         <v>26</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="D9" t="inlineStr">
         <is>
           <t>Weatherby Vanguard / Howa WTHBY-1 (1.5-4lbs)
 Rated&amp;nbsp;5.00&amp;nbsp;out of 5 based on&amp;nbsp;14customer ratings
 • Replaces Weatherby Vanguard, Howa (“Legacy”), Howa Mini with both 2 and 3 position factory safeties, HACT trigger,&amp;nbsp; Smith &amp;amp; Wesson 1500, Mossberg 1500 (w/ rounded nose housing)
 • Two position safety included and installed
 • Comes complete with instructions, hardware pack, and wrench for easy user installation
 • Weight of pull range: 1.5lbs-4.0lbs
 • Factory set to break..</t>
         </is>
       </c>
       <c r="E9">
         <v>4725.695</v>
       </c>
       <c r="F9">
         <v>4109.3000</v>
       </c>
       <c r="G9"/>
-      <c r="H9">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B10" t="s">
         <v>29</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D10" t="inlineStr">
         <is>
           <t>Weatherby Vanguard / Howa WTHBY-V (12oz-1.5lbs)
 Rated&amp;nbsp;5.00&amp;nbsp;out of 5 based on&amp;nbsp;13customer ratings
 • Replaces Weatherby Vanguard, Howa (“Legacy”), Howa Mini with both 2 and 3 position factory safeties, HACT trigger, Smith &amp;amp; Wesson 1500, Mossberg 1500 (w/ rounded nose housing)
 • Two position safety included and installed
 • Comes complete with instructions, hardware pack, and wrench for easy user installation
 • Weight of pull range: 12oz.-1.5lbs
 • Factory adjusted to brea..</t>
         </is>
       </c>
       <c r="E10">
         <v>4335.5</v>
       </c>
       <c r="F10">
         <v>3770.0000</v>
       </c>
       <c r="G10"/>
-      <c r="H10">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>30</v>
+      </c>
+      <c r="B11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C11" t="s">
         <v>31</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="E11">
         <v>296.7</v>
       </c>
       <c r="F11">
         <v>258.0000</v>
       </c>
       <c r="G11"/>
-      <c r="H11">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
+        <v>33</v>
+      </c>
+      <c r="B12" t="s">
         <v>34</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="D12" t="inlineStr">
         <is>
           <t>AltitudeCraft Anvil
 Compatible with any calipers for versatile use. With Bullet Comparator (sold separately) to ensure round consistency.&amp;nbsp; It is constructed&amp;nbsp;from aluminum and brass for durability.
 It facilitates&amp;nbsp;round alignment during measurement...</t>
         </is>
       </c>
       <c r="E12">
-        <v>266.662</v>
+        <v>287.5</v>
       </c>
       <c r="F12">
-        <v>231.8800</v>
+        <v>250.0000</v>
       </c>
       <c r="G12"/>
-      <c r="H12">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
+        <v>36</v>
+      </c>
+      <c r="B13" t="s">
         <v>37</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D13" t="inlineStr">
         <is>
           <t>AltitudeCraft Carbon Multi-Scraper, Carbon Removal Tool
 	Precise and Efficient Cleaning: Specifically designed for cleaning essential mechanical components, AltitudeCraft carbon scraper effectively removes carbon buildup from 12 critical surfaces, including the bolt, firing pin, carrier, and cam pin, ensuring optimal performance.
 	Wide Compatibility: The carbon removal tool is compatible with equipment featuring similar bolt carrier group designs.
 	Durable Stainless Steel Construction: Cr..</t>
         </is>
       </c>
       <c r="E13">
         <v>491.05</v>
       </c>
       <c r="F13">
         <v>427.0000</v>
       </c>
       <c r="G13"/>
-      <c r="H13">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
+        <v>38</v>
+      </c>
+      <c r="B14" t="s">
         <v>39</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
+        <v>35</v>
+      </c>
+      <c r="D14" t="s">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
       <c r="E14">
         <v>481.666</v>
       </c>
       <c r="F14">
         <v>418.8400</v>
       </c>
       <c r="G14"/>
-      <c r="H14">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
+        <v>41</v>
+      </c>
+      <c r="B15" t="s">
         <v>42</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D15" t="inlineStr">
         <is>
           <t>&amp;nbsp;
 AltitudeCraft Bullet and Headspace Gauge Comparator Kit with 14 Inserts and 6 Bushings
 	Ultimate Precision for Every Caliber: The AltitudeCraft bullet and headspace gauge comparator kit is designed to cater to a wide range of calibers from .17" to .45" and headspace sizes up to E420. With 14 inserts and 6 bushings, this comparator reloading kit eliminates guesswork, allowing reloaders to precisely measure both bullet seating depth and headspace, essential for optimal shooting perf..</t>
         </is>
       </c>
       <c r="E15">
         <v>1686.6705</v>
       </c>
       <c r="F15">
         <v>1466.6700</v>
       </c>
       <c r="G15"/>
-      <c r="H15">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
+        <v>43</v>
+      </c>
+      <c r="B16" t="s">
         <v>44</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D16" t="inlineStr">
         <is>
           <t>&amp;nbsp;
 AltitudeCraft Bullet Comparator Kit with 14 Inserts
 	Key Points:
 	Ultimate Precision: The AltitudeCraft bullet comparator kit is the reloader's dream, ensuring unparalleled precision in measuring the seating depth of loaded ammunition. With the comparator body designed to attach seamlessly to your caliper, comparator reloading kit includes 14 inserts, catering to calibers from 0.17 to 0.45 caliber. Eliminate the guesswork and variations in seating depth.
 	Innovative Design..</t>
         </is>
       </c>
       <c r="E16">
         <v>900.0015</v>
       </c>
       <c r="F16">
         <v>782.6100</v>
       </c>
       <c r="G16"/>
-      <c r="H16">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
+        <v>45</v>
+      </c>
+      <c r="B17" t="s">
         <v>46</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D17" t="inlineStr">
         <is>
           <t>&amp;nbsp;
 AltitudeCraft Headspace Gauge Comparator Kit with 6 Bushings
 	Key Points:
 	Ultimate Accuracy Enhancement: Maximize your reloading accuracy with the AltitudeCraft headspace comparator kit, which includes 6 bushings to boost brass longevity, enhance accuracy, and ensure safety by precisely measuring brass variations before and after firing or resizing, optimizing each round for unmatched precision.
 	Broad Caliber Compatibility: The AltitudeCraft headspace comparator reloadin..</t>
         </is>
       </c>
       <c r="E17">
         <v>831.6685</v>
       </c>
       <c r="F17">
         <v>723.1900</v>
       </c>
       <c r="G17"/>
-      <c r="H17">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
+        <v>47</v>
+      </c>
+      <c r="B18" t="s">
         <v>48</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D18" t="inlineStr">
         <is>
           <t>Titanium AltitudeCraft Optic Adapter Plate for Glock 43X/48 MOS
 	Wide Compatibility: Compatible with Glock 43X/48 MOS and Springfield Hellcat OSP, this precision optics mount plate is a perfect compatible with Holosun 407K/507K optics with an RMSc footprint. No slide modification is required, making it versatile for tactical and competitive shooting needs.
 	Enhanced Stability with Reinforced Recoil Posts: Engineered with robust recoil support, this adapter plate ensures your optic remains ..</t>
         </is>
       </c>
       <c r="E18">
         <v>749.9955</v>
       </c>
       <c r="F18">
         <v>652.1700</v>
       </c>
       <c r="G18"/>
-      <c r="H18">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
+        <v>49</v>
+      </c>
+      <c r="B19" t="s">
         <v>50</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D19" t="inlineStr">
         <is>
           <t>&amp;nbsp;
 AltitudeCraft Overall Length Gauge Straight, Compatible with Bolt-Action and Single-Shot Firearms
 	AltitudeCraft Overall Length Gauge – Precision &amp;amp; Consistency for Reloading
 	Upgrade your reloading accuracy with the&amp;nbsp;AltitudeCraft Overall Length Gauge (OAL Gauge)&amp;nbsp;– a precision tool designed for competitive shooters, hunters, and reloading enthusiasts. This gauge ensures&amp;nbsp;precise bullet seating depth, reducing inconsistencies and improving overall shooting pe..</t>
         </is>
       </c>
       <c r="E19">
         <v>1083.3345</v>
       </c>
       <c r="F19">
         <v>942.0300</v>
       </c>
       <c r="G19"/>
-      <c r="H19">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
+        <v>51</v>
+      </c>
+      <c r="B20" t="s">
         <v>52</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="D20" t="inlineStr">
         <is>
           <t>FX-120i Precision Balance, 122g x 0.001g with External Calibration
 &amp;nbsp;
 A precision balance that combines all of the essential weighing functions in a compact, light-weight package. C-SHS Patented weighing technology&amp;nbsp; Compact footprint with fast stabilization Dependable &amp;amp;&amp;nbsp;durable IP65 and Legal for Trade (NTEP and MC) models available
 Robust and Durable
 	Patented weighing technology ‘Compact Super Hybrid Sensor'(C-SHS) makes it compact, fast, and precise
 	Feel conf..</t>
         </is>
       </c>
       <c r="E20">
-        <v>13650.5</v>
+        <v>12923.125</v>
       </c>
       <c r="F20">
-        <v>11870.0000</v>
+        <v>11237.5000</v>
       </c>
       <c r="G20"/>
-      <c r="H20">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
+        <v>54</v>
+      </c>
+      <c r="B21" t="s">
         <v>55</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="D21" t="inlineStr">
         <is>
           <t>FZ-120i Precision Balance, 122g x 0.001g with Internal Calibration
 &amp;nbsp;
 A precision balance that combines all of the essential weighing functions in a compact, light-weight package. C-SHS Patented weighing technology Compact footprint with fast stabilization Dependable &amp;amp;&amp;nbsp;durable IP65 and Legal for Trade (NTEP and MC) models available
 Laboratory level performance suitable for use in any area where moisture or dust can be problematic. This IP65 rated balance can even withstand ..</t>
         </is>
       </c>
       <c r="E21">
-        <v>16499.05</v>
+        <v>14303.125</v>
       </c>
       <c r="F21">
-        <v>14347.0000</v>
+        <v>12437.5000</v>
       </c>
       <c r="G21"/>
-      <c r="H21">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
+        <v>56</v>
+      </c>
+      <c r="B22" t="s">
         <v>57</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
+        <v>9</v>
+      </c>
+      <c r="D22" t="inlineStr">
+        <is>
+          <t>&amp;nbsp;
+Introducing the GPO CENTURI 3-18x4i Riflescope—engineered with precision and purpose for the American shooter. Combining exceptional performance with outstanding value, its large 50mm objective lens maximizes low-light capability, making it an ideal choice for hunters and marksmen across North America.
+For those seeking a high-magnification scope with a streamlined profile, the GPO CENTURI 3-18x44i delivers. Built with advanced 6X zoom optics and a robust 30mm main tube, it offers s..</t>
+        </is>
+      </c>
+      <c r="E22">
+        <v>10315.5</v>
+      </c>
+      <c r="F22">
+        <v>8970.0000</v>
+      </c>
+      <c r="G22"/>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
         <v>58</v>
       </c>
-      <c r="C22" t="s">
-[...2 lines deleted...]
-      <c r="D22" t="inlineStr">
+      <c r="B23" t="s">
+        <v>59</v>
+      </c>
+      <c r="C23" t="s">
+        <v>9</v>
+      </c>
+      <c r="D23" t="inlineStr">
         <is>
           <t>&amp;nbsp;
 Introducing the GPO CENTURI 3-18x50i Riflescope—engineered with precision and purpose for the American shooter. Combining exceptional performance with outstanding value, its large 50mm objective lens maximizes low-light capability, making it an ideal choice for hunters and marksmen across North America.
 For those seeking a high-magnification scope with a streamlined profile, the GPO CENTURI 3-18x50i delivers. Built with advanced 6X zoom optics and a robust 30mm main tube, it offers ..</t>
         </is>
       </c>
-      <c r="E22">
+      <c r="E23">
         <v>12662.65</v>
       </c>
-      <c r="F22">
+      <c r="F23">
         <v>11011.0000</v>
       </c>
-      <c r="G22" t="s">
-[...7 lines deleted...]
-      <c r="A23" t="s">
+      <c r="G23" t="s">
         <v>60</v>
       </c>
-      <c r="B23" t="s">
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
         <v>61</v>
       </c>
-      <c r="C23" t="s">
-[...2 lines deleted...]
-      <c r="D23" t="inlineStr">
+      <c r="B24" t="s">
+        <v>62</v>
+      </c>
+      <c r="C24" t="s">
+        <v>9</v>
+      </c>
+      <c r="D24" t="inlineStr">
         <is>
           <t>GPO CENTURI 4-16x44i FFP Super Compact – MIL reticle
 Unleash the pinnacle of tactical precision with the GPO CENTURI 4-16x44i Super-Compact FFP Riflescope. Crafted for shooters demanding FFP high magnification in extreme compactness, this riflescope embodies the perfect fusion of value and performance.
 Measuring a mere 9.9 inches, it boasts double HD glass elements, delivering exceptional optical clarity. The MIL illuminated reticle, coupled with MIL-based turrets featuring a zero-stop loc..</t>
         </is>
       </c>
-      <c r="E23">
-[...6 lines deleted...]
-      <c r="H23">
+      <c r="E24">
+        <v>12408.5</v>
+      </c>
+      <c r="F24">
+        <v>10790.0000</v>
+      </c>
+      <c r="G24"/>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>63</v>
+      </c>
+      <c r="B25" t="s">
+        <v>64</v>
+      </c>
+      <c r="C25" t="s">
         <v>9</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D24" t="inlineStr">
+      <c r="D25" t="inlineStr">
         <is>
           <t>CENTURI 4x 3-12x44i Compact G4i Fiber SFP
 Elevate your shooting experience with the GPO CENTURI 3-12x44i Super-Compact Riflescope, meticulously designed for shooters seeking higher magnification and unparalleled compactness. At a mere 9.9 inches in length, this riflescope embodies the perfect fusion of value and performance.
 Experience exceptional optical clarity with double HD glass elements, ensuring every detail is vividly captured. The G4i illuminated micro-dot reticle provides precise..</t>
         </is>
       </c>
-      <c r="E24">
-[...14 lines deleted...]
-      <c r="B25" t="s">
+      <c r="E25">
+        <v>10166</v>
+      </c>
+      <c r="F25">
+        <v>8840.0000</v>
+      </c>
+      <c r="G25"/>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
         <v>65</v>
       </c>
-      <c r="C25" t="s">
-[...2 lines deleted...]
-      <c r="D25" t="inlineStr">
+      <c r="B26" t="s">
+        <v>66</v>
+      </c>
+      <c r="C26" t="s">
+        <v>9</v>
+      </c>
+      <c r="D26" t="inlineStr">
         <is>
           <t>PASSION 20-60×85 APO Spotting Scope
 Discover the world in stunning detail with the all-new PASSION APO 20-60x85mm, an exceptional fusion of cutting-edge optical performance and innovative design. Featuring a robust internal magnesium body wrapped in durable rubber armoring, this spotting scope is built to endure the harshest conditions. Its advanced APO (apochromatic) lenses eliminate chromatic aberrations, while GPObright™ high-transmission coatings ensure maximum light efficiency. The preci..</t>
         </is>
       </c>
-      <c r="E25">
-[...14 lines deleted...]
-      <c r="B26" t="s">
+      <c r="E26">
+        <v>19509.75</v>
+      </c>
+      <c r="F26">
+        <v>16965.0000</v>
+      </c>
+      <c r="G26"/>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
         <v>67</v>
       </c>
-      <c r="C26" t="s">
-[...2 lines deleted...]
-      <c r="D26" t="inlineStr">
+      <c r="B27" t="s">
+        <v>68</v>
+      </c>
+      <c r="C27" t="s">
+        <v>9</v>
+      </c>
+      <c r="D27" t="inlineStr">
         <is>
           <t>PASSION ED
 Elevate your observation experience with the 10x42ED Binoculars, combining 10x magnification and a 42mm objective lens for optimal performance in a range of environments.PASSION™ ED (extra-low dispersion) binoculars are engineered to the highest standards in their class and manufactured in the same world-class facilities as renowned European brands.&amp;nbsp;Featuring a robust yet lightweight magnesium body, they offer exceptional durability without added weight. Combined with GPO USA’..</t>
         </is>
       </c>
-      <c r="E26">
+      <c r="E27">
         <v>10346.55</v>
       </c>
-      <c r="F26">
+      <c r="F27">
         <v>8997.0000</v>
       </c>
-      <c r="G26"/>
-[...8 lines deleted...]
-      <c r="B27" t="s">
+      <c r="G27"/>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
         <v>69</v>
       </c>
-      <c r="C27" t="s">
-[...2 lines deleted...]
-      <c r="D27" t="inlineStr">
+      <c r="B28" t="s">
+        <v>70</v>
+      </c>
+      <c r="C28" t="s">
+        <v>9</v>
+      </c>
+      <c r="D28" t="inlineStr">
         <is>
           <t>PASSION ED
 Elevate your observation experience with the 10x42ED Binoculars, combining 10x magnification and a 42mm objective lens for optimal performance in a range of environments.PASSION™ ED (extra-low dispersion) binoculars are engineered to the highest standards in their class and manufactured in the same world-class facilities as renowned European brands.&amp;nbsp;Featuring a robust yet lightweight magnesium body, they offer exceptional durability without added weight. Combined with GPO USA’..</t>
         </is>
       </c>
-      <c r="E27">
+      <c r="E28">
         <v>10346.113</v>
       </c>
-      <c r="F27">
+      <c r="F28">
         <v>8996.6200</v>
       </c>
-      <c r="G27"/>
-[...8 lines deleted...]
-      <c r="B28" t="s">
+      <c r="G28"/>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
         <v>71</v>
       </c>
-      <c r="C28" t="s">
-[...2 lines deleted...]
-      <c r="D28" t="inlineStr">
+      <c r="B29" t="s">
+        <v>72</v>
+      </c>
+      <c r="C29" t="s">
+        <v>9</v>
+      </c>
+      <c r="D29" t="inlineStr">
         <is>
           <t>PASSION ED
 Elevate your observation experience with the 10x42ED Binoculars, combining 10x magnification and a 42mm objective lens for optimal performance in a range of environments.PASSION™ ED (extra-low dispersion) binoculars are engineered to the highest standards in their class and manufactured in the same world-class facilities as renowned European brands.&amp;nbsp;Featuring a robust yet lightweight magnesium body, they offer exceptional durability without added weight. Combined with GPO USA’..</t>
         </is>
       </c>
-      <c r="E28">
+      <c r="E29">
         <v>10346.55</v>
       </c>
-      <c r="F28">
+      <c r="F29">
         <v>8997.0000</v>
       </c>
-      <c r="G28"/>
-[...8 lines deleted...]
-      <c r="B29" t="s">
+      <c r="G29"/>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
         <v>73</v>
       </c>
-      <c r="C29" t="s">
-[...2 lines deleted...]
-      <c r="D29" t="inlineStr">
+      <c r="B30" t="s">
+        <v>74</v>
+      </c>
+      <c r="C30" t="s">
+        <v>9</v>
+      </c>
+      <c r="D30" t="inlineStr">
         <is>
           <t>Description
 Elevate your outdoor adventures with the GPO PASSION ED 8×32 Binoculars—a remarkable combination of performance, lightweight design, and optical excellence. Crafted for outdoor enthusiasts who demand high performance without compromise, these binoculars are equipped with advanced features that enhance your viewing experience.
 The PASSION ED 8×32 Binoculars boast high-grade ED front lenses and a magnesium micro-bridge body, resulting in a lightweight yet durable construction. Wi..</t>
         </is>
       </c>
-      <c r="E29">
+      <c r="E30">
         <v>9394.626</v>
       </c>
-      <c r="F29">
+      <c r="F30">
         <v>8169.2400</v>
       </c>
-      <c r="G29"/>
-[...8 lines deleted...]
-      <c r="B30" t="s">
+      <c r="G30"/>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
         <v>75</v>
       </c>
-      <c r="C30" t="s">
-[...2 lines deleted...]
-      <c r="D30" t="inlineStr">
+      <c r="B31" t="s">
+        <v>76</v>
+      </c>
+      <c r="C31" t="s">
+        <v>9</v>
+      </c>
+      <c r="D31" t="inlineStr">
         <is>
           <t>Description
 Elevate your outdoor adventures with the GPO PASSION ED 8×32 Binoculars—a remarkable combination of performance, lightweight design, and optical excellence. Crafted for outdoor enthusiasts who demand high performance without compromise, these binoculars are equipped with advanced features that enhance your viewing experience.
 The PASSION ED 8×32 Binoculars boast high-grade ED front lenses and a magnesium micro-bridge body, resulting in a lightweight yet durable construction. Wi..</t>
         </is>
       </c>
-      <c r="E30">
+      <c r="E31">
         <v>9394.626</v>
       </c>
-      <c r="F30">
+      <c r="F31">
         <v>8169.2400</v>
       </c>
-      <c r="G30"/>
-[...8 lines deleted...]
-      <c r="B31" t="s">
+      <c r="G31"/>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
         <v>77</v>
       </c>
-      <c r="C31" t="s">
-[...2 lines deleted...]
-      <c r="D31" t="inlineStr">
+      <c r="B32" t="s">
+        <v>78</v>
+      </c>
+      <c r="C32" t="s">
+        <v>9</v>
+      </c>
+      <c r="D32" t="inlineStr">
         <is>
           <t>Description
 Elevate your outdoor adventures with the GPO PASSION ED 8×32 Binoculars—a remarkable combination of performance, lightweight design, and optical excellence. Crafted for outdoor enthusiasts who demand high performance without compromise, these binoculars are equipped with advanced features that enhance your viewing experience.
 The PASSION ED 8×32 Binoculars boast high-grade ED front lenses and a magnesium micro-bridge body, resulting in a lightweight yet durable construction. Wi..</t>
         </is>
       </c>
-      <c r="E31">
+      <c r="E32">
         <v>9394.35</v>
       </c>
-      <c r="F31">
+      <c r="F32">
         <v>8169.0000</v>
       </c>
-      <c r="G31"/>
-[...8 lines deleted...]
-      <c r="B32" t="s">
+      <c r="G32"/>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
         <v>79</v>
       </c>
-      <c r="C32" t="s">
-[...2 lines deleted...]
-      <c r="D32" t="inlineStr">
+      <c r="B33" t="s">
+        <v>80</v>
+      </c>
+      <c r="C33" t="s">
+        <v>9</v>
+      </c>
+      <c r="D33" t="inlineStr">
         <is>
           <t>PASSION HD
 Description
 Immerse yourself in the epitome of optical excellence with the GPO PASSION 10x50HD Binoculars. This flagship product represents the pinnacle of GPO’s dedication to crafting instruments for enhanced lower-light field experiences. The fusion of 10x magnification and a 50mm objective lens showcases an impeccable equilibrium between size, weight, and magnification, catering to those seeking the power of tenfold magnification coupled with larger objective lenses.
 These..</t>
         </is>
       </c>
-      <c r="E32">
+      <c r="E33">
         <v>27798.697</v>
       </c>
-      <c r="F32">
+      <c r="F33">
         <v>24172.7800</v>
       </c>
-      <c r="G32"/>
-[...8 lines deleted...]
-      <c r="B33" t="s">
+      <c r="G33"/>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
         <v>81</v>
       </c>
-      <c r="C33" t="s">
-[...2 lines deleted...]
-      <c r="D33" t="inlineStr">
+      <c r="B34" t="s">
+        <v>82</v>
+      </c>
+      <c r="C34" t="s">
+        <v>9</v>
+      </c>
+      <c r="D34" t="inlineStr">
         <is>
           <t>PASSION™ 16-48×65 APO
 The GPO PASSION™ 16-48×65 mm is the smaller representative in this class and is particularly mobile thanks to its extreme compactness and low weight. Both spotting scopes are waterproof (nitrogen-filled) and have high-quality and extremely robust magnesium housings with non-slip ArmorX grip elements in the lower spotting scope area and integrated tripod adapter plate. A suitable carrying case (stay-on-case) is already included in the scope of delivery.
 			Mag..</t>
         </is>
       </c>
-      <c r="E33">
-[...14 lines deleted...]
-      <c r="B34" t="s">
+      <c r="E34">
+        <v>14935.05</v>
+      </c>
+      <c r="F34">
+        <v>12987.0000</v>
+      </c>
+      <c r="G34"/>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
         <v>83</v>
       </c>
-      <c r="C34" t="s">
-[...2 lines deleted...]
-      <c r="D34" t="inlineStr">
+      <c r="B35" t="s">
+        <v>84</v>
+      </c>
+      <c r="C35" t="s">
+        <v>9</v>
+      </c>
+      <c r="D35" t="inlineStr">
         <is>
           <t>RANGEGUIDE 3000 10x32
 Witness the future of optics with the GPO RANGEGUIDE 10×32 Rangefinding Binoculars, Ranging capability from 6 yards to over 3,000 yards, a testament to GPO’s dedication to pioneering high-performance rangefinding products. Prepare to be astounded as you compare the RANGEGUIDE 10×32 to any European optic available. This revelation will transform you into a fervent believer in our unmatched optical precision and modern electronic rangefinding technology, encapsulated withi..</t>
         </is>
       </c>
-      <c r="E34">
-[...14 lines deleted...]
-      <c r="B35" t="s">
+      <c r="E35">
+        <v>21946.6</v>
+      </c>
+      <c r="F35">
+        <v>19084.0000</v>
+      </c>
+      <c r="G35"/>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
         <v>85</v>
       </c>
-      <c r="C35" t="s">
-[...2 lines deleted...]
-      <c r="D35" t="inlineStr">
+      <c r="B36" t="s">
+        <v>86</v>
+      </c>
+      <c r="C36" t="s">
+        <v>9</v>
+      </c>
+      <c r="D36" t="inlineStr">
         <is>
           <t>RANGETRACKER 2000
 Upgrade your ranging experience with the GPO RANGETRACKER 2000, surpassing its predecessor, the rangetracker 1800. This versatile 6X rangefinder is meticulously engineered to excel in diverse scenarios, catering to both long-range rifle hunting with an impressive 2000 yards range and close archery applications, delivering precise readings even as close as 6 yards.
 At the heart of its exceptional performance lies the incorporation of GPO’s proprietary high-transmission GPO..</t>
         </is>
       </c>
-      <c r="E35">
-[...14 lines deleted...]
-      <c r="B36" t="s">
+      <c r="E36">
+        <v>7489.95</v>
+      </c>
+      <c r="F36">
+        <v>6513.0000</v>
+      </c>
+      <c r="G36"/>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
         <v>87</v>
       </c>
-      <c r="C36" t="s">
-[...2 lines deleted...]
-      <c r="D36" t="inlineStr">
+      <c r="B37" t="s">
+        <v>88</v>
+      </c>
+      <c r="C37" t="s">
+        <v>9</v>
+      </c>
+      <c r="D37" t="inlineStr">
         <is>
           <t>SPECTRA 4X 4-16x50i
 Designed to elevate your shooting experience, the SPECTRA™ riflescope series brings a distinct “European flavor” to precision optics, with&amp;nbsp;metric-based turrets&amp;nbsp;(adjusting in centimeters, approximately 1/3″) and&amp;nbsp;metric reticle designs, these scopes cater to those who value European-style precision. As with all GPO products,&amp;nbsp;SPECTRA™ riflescopes are backed by our exclusive Spectacular Lifetime Warranty™, ensuring long-term performance and peace of mind.
 ..</t>
         </is>
       </c>
-      <c r="E36">
-[...14 lines deleted...]
-      <c r="B37" t="s">
+      <c r="E37">
+        <v>13156</v>
+      </c>
+      <c r="F37">
+        <v>11440.0000</v>
+      </c>
+      <c r="G37"/>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
         <v>89</v>
       </c>
-      <c r="C37" t="s">
-[...2 lines deleted...]
-      <c r="D37" t="inlineStr">
+      <c r="B38" t="s">
+        <v>90</v>
+      </c>
+      <c r="C38" t="s">
+        <v>9</v>
+      </c>
+      <c r="D38" t="inlineStr">
         <is>
           <t>GPO SPECTRA 6x 4,5-27x50i SFP CCW
 The&amp;nbsp;GPO SPECTRA 6x 4,5-27x50i MOAi&amp;nbsp;is designed for demanding users who want to shoot and hunt at long distances with high magnification and prefer a reticle in the 2nd image plane. With a center tube diameter of 30mm, a magnification of up to 27x, a transmission of 92%, the large adjustment travel, the wide eye relief, the large exit pupil as well as the integrated Zero Stop, it is the ideal product for ambitious long-range shooters.&amp;nbsp; The SPECT..</t>
         </is>
       </c>
-      <c r="E37">
-[...14 lines deleted...]
-      <c r="B38" t="s">
+      <c r="E38">
+        <v>28330.25</v>
+      </c>
+      <c r="F38">
+        <v>24635.0000</v>
+      </c>
+      <c r="G38"/>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
         <v>91</v>
       </c>
-      <c r="C38" t="s">
-[...2 lines deleted...]
-      <c r="D38" t="inlineStr">
+      <c r="B39" t="s">
+        <v>92</v>
+      </c>
+      <c r="C39" t="s">
+        <v>9</v>
+      </c>
+      <c r="D39" t="inlineStr">
         <is>
           <t>This riflescope complements the successful GPO family of 8x zooms with a unique, versatile, and ultra-compact class representative.
 Thanks to its extremely short 44 mm objective lens design and a reinforced housing, it is&amp;nbsp;ideal for attachments (thermal imaging, night&amp;nbsp;vision). With parallax adjustment from 10m, it is also the ideal platform for all eyepiece attachments.
 The extremely compact and ultra-lightweight design is perfect for the use on particularly slim and handy weapons.
 I..</t>
         </is>
       </c>
-      <c r="E38">
-[...24 lines deleted...]
-      </c>
       <c r="E39">
-        <v>26483.3385</v>
+        <v>21827</v>
       </c>
       <c r="F39">
-        <v>23028.9900</v>
+        <v>18980.0000</v>
       </c>
       <c r="G39"/>
-      <c r="H39">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
+        <v>93</v>
+      </c>
+      <c r="B40" t="s">
         <v>94</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
+        <v>9</v>
+      </c>
+      <c r="D40" t="inlineStr">
+        <is>
+          <t>The new SPECTRA 8x 2-16x50i G4i Fiber further expands the successful line of 8x zooms at GPO. It perfectly complements the current 2-16x44i with its extreme compactness with a version with a 50 mm objective lens diameter. This is based on the optical construction kit of our very successful 1.6-13x44i and scores with unique optical performance in terms of image quality (color rendition, transmission, resolution and edge sharpness), field of view and maximum mechanical stability. Our optionally av..</t>
+        </is>
+      </c>
+      <c r="E40">
+        <v>23770.5</v>
+      </c>
+      <c r="F40">
+        <v>20670.0000</v>
+      </c>
+      <c r="G40"/>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
         <v>95</v>
       </c>
-      <c r="C40" t="s">
-[...2 lines deleted...]
-      <c r="D40" t="inlineStr">
+      <c r="B41" t="s">
+        <v>96</v>
+      </c>
+      <c r="C41" t="s">
+        <v>9</v>
+      </c>
+      <c r="D41" t="inlineStr">
         <is>
           <t>Introducing the SPECTRA DOT Red Dot Sight, a powerhouse of performance and durability designed to excel in both hunting and tactical scenarios. Crafted with uncompromising quality, this sight is engineered to be your ultimate optical companion.
 One of its standout features is its remarkable efficiency in power management, boasting an impressive battery runtime of up to 50,000 hours. This ensures that the SPECTRA DOT will remain operational for extended periods, eliminating the worry of freque..</t>
         </is>
       </c>
-      <c r="E40">
-[...14 lines deleted...]
-      <c r="B41" t="s">
+      <c r="E41">
+        <v>6428.5</v>
+      </c>
+      <c r="F41">
+        <v>5590.0000</v>
+      </c>
+      <c r="G41"/>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
         <v>97</v>
       </c>
-      <c r="C41" t="s">
-[...2 lines deleted...]
-      <c r="D41" t="inlineStr">
+      <c r="B42" t="s">
+        <v>98</v>
+      </c>
+      <c r="C42" t="s">
+        <v>9</v>
+      </c>
+      <c r="D42" t="inlineStr">
         <is>
           <t>Description
 Introducing the SPECTRA REFLEX DOT Sight, a cutting-edge addition to the world of reflex sighting systems designed to elevate your shooting experience to new heights. Crafted with meticulous attention to detail, this sight is engineered to provide unparalleled performance and precision for shooting sports enthusiasts.
 The high-density polymer lenses are a testament to our commitment to optical excellence, coated with GPObright high-transmission lens coatings to ensure a crystal..</t>
         </is>
       </c>
-      <c r="E41">
-[...14 lines deleted...]
-      <c r="B42" t="s">
+      <c r="E42">
+        <v>5830.5</v>
+      </c>
+      <c r="F42">
+        <v>5070.0000</v>
+      </c>
+      <c r="G42"/>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
         <v>99</v>
       </c>
-      <c r="C42" t="s">
-[...2 lines deleted...]
-      <c r="D42" t="inlineStr">
+      <c r="B43" t="s">
+        <v>100</v>
+      </c>
+      <c r="C43" t="s">
+        <v>9</v>
+      </c>
+      <c r="D43" t="inlineStr">
         <is>
           <t>SPECTRA™ 6x 4.5-27x50i PLRi
 The GPO SPECTRA 6x 4.5-27x50i PLRi is designed for demanding users who want to shoot and hunt at long distances with high magnification and prefer a reticle in the first focal plane. With a center tube diameter of 34mm, magnification of up to 27x, a transmission of 92%, a large adjustment range (32 mrad), a wide eye relief, a large exit pupil, and an integrated zero stop, it is the ideal product for ambitious long-distance shooters.
 The SPECTRA 4.5-27x50i PLRi is ..</t>
         </is>
       </c>
-      <c r="E42">
-[...14 lines deleted...]
-      <c r="B43" t="s">
+      <c r="E43">
+        <v>28330.25</v>
+      </c>
+      <c r="F43">
+        <v>24635.0000</v>
+      </c>
+      <c r="G43"/>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
         <v>101</v>
       </c>
-      <c r="C43" t="s">
+      <c r="B44" t="s">
         <v>102</v>
       </c>
-      <c r="D43" t="inlineStr">
+      <c r="C44" t="s">
+        <v>103</v>
+      </c>
+      <c r="D44" t="inlineStr">
         <is>
           <t>Hitmarker by Allan MC Donald
 Introducing the latest product from MacDonald Innovations -&amp;nbsp;HitMarker, the steel target hit indicator!
 	3"x1"
 	Super bright green LED
 	Visible over one mile
 	40,000-60,000 hits (5-10 years)
 	No recharging or changing batteries
 	2-year warranty against defects
 	Ideal for use at +600y
 Attach HitMarker to any size steel target using the included industrial-strength Velcro. Only 1/2" is exposed, so chances of impact are very low. The bright green ..</t>
         </is>
       </c>
-      <c r="E43">
+      <c r="E44">
         <v>1374.25</v>
       </c>
-      <c r="F43">
+      <c r="F44">
         <v>1195.0000</v>
       </c>
-      <c r="G43"/>
-[...22 lines deleted...]
-      </c>
       <c r="G44"/>
-      <c r="H44">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
+        <v>104</v>
+      </c>
+      <c r="B45" t="s">
+        <v>105</v>
+      </c>
+      <c r="C45" t="s">
+        <v>14</v>
+      </c>
+      <c r="D45" t="s">
         <v>106</v>
       </c>
-      <c r="B45" t="s">
+      <c r="E45">
+        <v>595.7</v>
+      </c>
+      <c r="F45">
+        <v>518.0000</v>
+      </c>
+      <c r="G45"/>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
         <v>107</v>
       </c>
-      <c r="C45" t="s">
-[...2 lines deleted...]
-      <c r="D45" t="inlineStr">
+      <c r="B46" t="s">
+        <v>108</v>
+      </c>
+      <c r="C46" t="s">
+        <v>14</v>
+      </c>
+      <c r="D46" t="inlineStr">
         <is>
           <t>Jager&amp;nbsp;DT-02RX Fluid Head
 Our DT series gimbal, the latest panoramic fluid head technology, a dual panoramic fluid head and a panoramic fluid head, offering unique features to suit your specific needs.&amp;nbsp; Dual panoramic hydraulic heads are available in DT-02R and DT-03R models, which provide a 720° panoramic range and enable full range of motion. Made with precision CNC technology and constructed from durable aluminum alloy material, this gimbal is built to last and provides smooth, st..</t>
         </is>
       </c>
-      <c r="E45">
-[...22 lines deleted...]
-      </c>
       <c r="E46">
-        <v>579.6</v>
+        <v>1564</v>
       </c>
       <c r="F46">
-        <v>504.0000</v>
+        <v>1360.0000</v>
       </c>
       <c r="G46"/>
-      <c r="H46">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
+        <v>109</v>
+      </c>
+      <c r="B47" t="s">
+        <v>110</v>
+      </c>
+      <c r="C47" t="s">
+        <v>14</v>
+      </c>
+      <c r="D47" t="s">
         <v>111</v>
       </c>
-      <c r="B47" t="s">
+      <c r="E47">
+        <v>579.6</v>
+      </c>
+      <c r="F47">
+        <v>504.0000</v>
+      </c>
+      <c r="G47"/>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
         <v>112</v>
       </c>
-      <c r="C47" t="s">
+      <c r="B48" t="s">
         <v>113</v>
       </c>
-      <c r="D47" t="inlineStr">
+      <c r="C48" t="s">
+        <v>114</v>
+      </c>
+      <c r="D48" t="inlineStr">
         <is>
           <t>Description:
 Meet the LINKOGEAR Arca Swiss M-LOK Plate PUM60 — built for shooters who demand rock-solid stability and fast setup. Designed to bridge your rifle and tripod/Bipod, this plate locks down tight, keeping your setup steady when accuracy matters most.
 Features:
 	Arca Swiss compatibility&amp;nbsp;– standard mount for most tripod heads and our HB-C02M Bipod.
 	M-LOK ready&amp;nbsp;– secure fit to your handguard or chassis system.
 	CNC-machined aluminum&amp;nbsp;– lightweight ..</t>
         </is>
       </c>
-      <c r="E47">
+      <c r="E48">
         <v>279.45</v>
       </c>
-      <c r="F47">
+      <c r="F48">
         <v>243.0000</v>
       </c>
-      <c r="G47"/>
-[...5 lines deleted...]
-      <c r="A48" t="s">
+      <c r="G48"/>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>115</v>
+      </c>
+      <c r="B49" t="s">
+        <v>116</v>
+      </c>
+      <c r="C49" t="s">
         <v>114</v>
       </c>
-      <c r="B48" t="s">
-[...5 lines deleted...]
-      <c r="D48" t="inlineStr">
+      <c r="D49" t="inlineStr">
         <is>
           <t>Linkogear Carbon Fiber Tripod – Picatinny/Arca Clamp,
 If you're tired of wobbly tripods that can’t handle your rifle’s weight—or your standards—
 LINKOGEAR HT-223 Carbon Tripod Picatinny CNC Head
 Looking for a rock-solid shooting platform that doesn't weigh more than your lunch? Meet the LINKOGEAR HT-223 Carbon Fiber Mini Tripod – your new go-to for precision shooting, scouting, or glassing from the field without hauling a full-size setup.
 This thing is compact, lightweight, and built..</t>
         </is>
       </c>
-      <c r="E48">
+      <c r="E49">
         <v>2794.5</v>
       </c>
-      <c r="F48">
+      <c r="F49">
         <v>2430.0000</v>
       </c>
-      <c r="G48"/>
-[...8 lines deleted...]
-      <c r="B49" t="s">
+      <c r="G49"/>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
         <v>117</v>
       </c>
-      <c r="C49" t="s">
-[...2 lines deleted...]
-      <c r="D49" t="inlineStr">
+      <c r="B50" t="s">
+        <v>118</v>
+      </c>
+      <c r="C50" t="s">
+        <v>114</v>
+      </c>
+      <c r="D50" t="inlineStr">
         <is>
           <t>Linkogear HB-C01
 Carbon Fiber Tactical Bipod – QD Picatinny – Rubber &amp;amp; Spike Feet (Black or Brown)
 Description:
 The Linkogear HB-C01 is what happens when you blend carbon fiber muscle with tactical precision. Built for shooters who refuse to settle, this bipod delivers rock-solid stability without turning your rifle into a boat anchor.&amp;nbsp;&amp;nbsp;The Linkogear HB-C01 isn’t for the guy who babies his gear. It’s for the shooter who drags it through mud, dust, and whatever comes your way..</t>
         </is>
       </c>
-      <c r="E49">
+      <c r="E50">
         <v>2166.6</v>
       </c>
-      <c r="F49">
+      <c r="F50">
         <v>1884.0000</v>
       </c>
-      <c r="G49"/>
-[...8 lines deleted...]
-      <c r="B50" t="s">
+      <c r="G50"/>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
         <v>119</v>
       </c>
-      <c r="C50" t="s">
-[...2 lines deleted...]
-      <c r="D50" t="inlineStr">
+      <c r="B51" t="s">
+        <v>120</v>
+      </c>
+      <c r="C51" t="s">
+        <v>114</v>
+      </c>
+      <c r="D51" t="inlineStr">
         <is>
           <t>Linkogear HB-C01L
 Carbon Fiber Tactical Bipod – QD Picatinny – Rubber &amp;amp; Spike Feet (Black or Brown)
 Description:
 The Linkogear HB-C01L is longer than the Linkogear HB-C01. Built for shooters who refuse to settle, this bipod delivers rock-solid stability without turning your rifle into a boat anchor.&amp;nbsp;&amp;nbsp;The Linkogear HB-C01L isn’t for the guy who babies his gear. It’s for the shooter who drags it through mud, dust, and whatever comes your way, and expects it to work every singl..</t>
         </is>
       </c>
-      <c r="E50">
+      <c r="E51">
         <v>2499.9965</v>
       </c>
-      <c r="F50">
+      <c r="F51">
         <v>2173.9100</v>
       </c>
-      <c r="G50"/>
-[...8 lines deleted...]
-      <c r="B51" t="s">
+      <c r="G51"/>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
         <v>121</v>
       </c>
-      <c r="C51" t="s">
-[...2 lines deleted...]
-      <c r="D51" t="inlineStr">
+      <c r="B52" t="s">
+        <v>122</v>
+      </c>
+      <c r="C52" t="s">
+        <v>114</v>
+      </c>
+      <c r="D52" t="inlineStr">
         <is>
           <t>Linkogear HB-C02 Bipod – Black, Carbon Fiber, Quick-Detach, 7-10” Adjustable
 Linkogear HB-C02M Bipod, BLACK&amp;nbsp; Carbon Fiber, Quick-Detach, Picatinny &amp;amp; Acra Swiss Compatible, 7-10” Adjustable
 If you’re looking for a bipod that&amp;nbsp;actually holds its own&amp;nbsp;against the big names without draining your wallet, the&amp;nbsp;Linkogear HB-C02M&amp;nbsp;is it. This isn’t some flimsy, overpriced gimmick—it’s a&amp;nbsp;battle-ready bipod&amp;nbsp;built for&amp;nbsp;real-world use.&amp;nbsp;Lightweight, rock-soli..</t>
         </is>
       </c>
-      <c r="E51">
+      <c r="E52">
         <v>2332.2</v>
       </c>
-      <c r="F51">
+      <c r="F52">
         <v>2028.0000</v>
       </c>
-      <c r="G51"/>
-[...8 lines deleted...]
-      <c r="B52" t="s">
+      <c r="G52"/>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
         <v>123</v>
       </c>
-      <c r="C52" t="s">
-[...2 lines deleted...]
-      <c r="D52" t="inlineStr">
+      <c r="B53" t="s">
+        <v>124</v>
+      </c>
+      <c r="C53" t="s">
+        <v>114</v>
+      </c>
+      <c r="D53" t="inlineStr">
         <is>
           <t>Linkogear HB-C02M Bipod – Black, Carbon Fiber, Quick-Detach, 7-10” Adjustable
 Linkogear HB-C02M Bipod, BLACK –&amp;nbsp; Carbon Fiber, Quick-Detach, Picatinny &amp;amp; Acra Swiss Compatible, 7-10” Adjustable
 If you’re looking for a bipod that&amp;nbsp;actually holds its own&amp;nbsp;against the big names without draining your wallet, the&amp;nbsp;Linkogear HB-C02M&amp;nbsp;is it. This isn’t some flimsy, overpriced gimmick—it’s a&amp;nbsp;battle-ready bipod&amp;nbsp;built for&amp;nbsp;real-world use.&amp;nbsp;Lightweight, rock-s..</t>
         </is>
       </c>
-      <c r="E52">
+      <c r="E53">
         <v>2499.9965</v>
       </c>
-      <c r="F52">
+      <c r="F53">
         <v>2173.9100</v>
       </c>
-      <c r="G52"/>
-[...8 lines deleted...]
-      <c r="B53" t="s">
+      <c r="G53"/>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
         <v>125</v>
       </c>
-      <c r="C53" t="s">
-[...2 lines deleted...]
-      <c r="D53" t="inlineStr">
+      <c r="B54" t="s">
+        <v>126</v>
+      </c>
+      <c r="C54" t="s">
+        <v>114</v>
+      </c>
+      <c r="D54" t="inlineStr">
         <is>
           <t>The Linkogear HB-C03 is a lightweight, no-compromise carbon fiber bipod built for precision shooters and field operators who need a solid rest without packing unnecessary bulk. Designed to handle real-world conditions, this bipod features a CNC-machined head with dual mounting capability—Picatinny rail and ARCA-Swiss Monoball Fix (26mm dovetail)—giving you options whether you're locking down on a rifle chassis or adapting to a tripod-style support.
 With carbon fiber legs and a wide stance, th..</t>
         </is>
       </c>
-      <c r="E53">
+      <c r="E54">
         <v>2583.337</v>
       </c>
-      <c r="F53">
+      <c r="F54">
         <v>2246.3800</v>
       </c>
-      <c r="G53"/>
-[...8 lines deleted...]
-      <c r="B54" t="s">
+      <c r="G54"/>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
         <v>127</v>
       </c>
-      <c r="C54" t="s">
-[...2 lines deleted...]
-      <c r="D54" t="inlineStr">
+      <c r="B55" t="s">
+        <v>128</v>
+      </c>
+      <c r="C55" t="s">
+        <v>114</v>
+      </c>
+      <c r="D55" t="inlineStr">
         <is>
           <t>The Linkogear HB-C04&amp;nbsp; is a lightweight, no-compromise carbon fiber bipod built for precision shooters and field operators who need a solid rest without packing unnecessary bulk. Designed to handle real-world conditions, this bipod features a CNC-machined head with dual mounting capability—Picatinny rail and ARCA-Swiss Monoball Fix (26mm dovetail)—giving you options whether you're locking down on a rifle chassis or adapting to a tripod-style support.
 With carbon fiber legs and a wide stan..</t>
         </is>
       </c>
-      <c r="E54">
+      <c r="E55">
         <v>2173.5</v>
       </c>
-      <c r="F54">
+      <c r="F55">
         <v>1890.0000</v>
       </c>
-      <c r="G54"/>
-[...8 lines deleted...]
-      <c r="B55" t="s">
+      <c r="G55"/>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
         <v>129</v>
       </c>
-      <c r="C55" t="s">
-[...2 lines deleted...]
-      <c r="D55" t="inlineStr">
+      <c r="B56" t="s">
+        <v>130</v>
+      </c>
+      <c r="C56" t="s">
+        <v>114</v>
+      </c>
+      <c r="D56" t="inlineStr">
         <is>
           <t>The Linkogear HB-C05 is a lightweight, wide stance, no-compromise carbon fiber bipod built for precision shooters and field operators who need a solid rest without packing unnecessary bulk. Designed to handle real-world conditions, this bipod features a CNC-machined head with picatinny rail locking system.
 With carbon fiber legs and a wide stance, the HB-C05 gives you excellent stability without the weight penalty. It adjusts quickly between 7.9 inches (20 cm) and 10.2 inches (26 cm) and lock..</t>
         </is>
       </c>
-      <c r="E55">
+      <c r="E56">
         <v>2251.125</v>
       </c>
-      <c r="F55">
+      <c r="F56">
         <v>1957.5000</v>
       </c>
-      <c r="G55"/>
-[...8 lines deleted...]
-      <c r="B56" t="s">
+      <c r="G56"/>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
         <v>131</v>
       </c>
-      <c r="C56" t="s">
-[...2 lines deleted...]
-      <c r="D56" t="inlineStr">
+      <c r="B57" t="s">
+        <v>132</v>
+      </c>
+      <c r="C57" t="s">
+        <v>114</v>
+      </c>
+      <c r="D57" t="inlineStr">
         <is>
           <t>Linkogear HB-C05M Bipod, BLACK –&amp;nbsp; Carbon Fiber, Quick-Detach, Picatinny &amp;amp; Acra Swiss Compatible, 7-10” Adjustable
 The Linkogear HB-C05M&amp;nbsp; is a lightweight, wide stance&amp;nbsp; no-compromise carbon fiber bipod built for precision shooters and field operators who need a solid rest without packing unnecessary bulk. Designed to handle real-world conditions, this bipod features a CNC-machined head with dual mounting capability—Picatinny rail and ARCA-Swiss Monoball Fix (26mm dovetail)—g..</t>
         </is>
       </c>
-      <c r="E56">
+      <c r="E57">
         <v>2328.75</v>
       </c>
-      <c r="F56">
+      <c r="F57">
         <v>2025.0000</v>
       </c>
-      <c r="G56"/>
-[...22 lines deleted...]
-      </c>
       <c r="G57"/>
-      <c r="H57">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
+        <v>133</v>
+      </c>
+      <c r="B58" t="s">
+        <v>134</v>
+      </c>
+      <c r="C58" t="s">
+        <v>114</v>
+      </c>
+      <c r="D58" t="inlineStr">
+        <is>
+          <t>Picatinny to Arca rail adaptor&amp;nbsp;
+&amp;nbsp;
+Specification
+			item
+			Picatinny to Arca rail adaptor - compatible with HB-C03 and HB-C05
+			Type
+			Scope Mounts &amp;amp; Accessories
+			Material
+			Aluminum&amp;nbsp;
+			&amp;nbsp;
+			&amp;nbsp;
+			&amp;nbsp;
+			&amp;nbsp;
+			&amp;nbsp;
+			&amp;nbsp;..</t>
+        </is>
+      </c>
+      <c r="E58">
+        <v>350.75</v>
+      </c>
+      <c r="F58">
+        <v>305.0000</v>
+      </c>
+      <c r="G58"/>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
         <v>135</v>
       </c>
-      <c r="B58" t="s">
+      <c r="B59" t="s">
         <v>136</v>
       </c>
-      <c r="C58" t="s">
-[...4 lines deleted...]
-          <t>3 Slots Aluminum M-Loc Bracket Pica and Arca Bracket
+      <c r="C59" t="s">
+        <v>114</v>
+      </c>
+      <c r="D59" t="s">
+        <v>137</v>
+      </c>
+      <c r="E59">
+        <v>299</v>
+      </c>
+      <c r="F59">
+        <v>260.0000</v>
+      </c>
+      <c r="G59"/>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>138</v>
+      </c>
+      <c r="B60" t="s">
+        <v>139</v>
+      </c>
+      <c r="C60" t="s">
+        <v>114</v>
+      </c>
+      <c r="D60" t="inlineStr">
+        <is>
+          <t>3 Slots Aluminum Picatinny&amp;nbsp;rail
 &amp;nbsp;
 Specification
 			item
 			Universal 3&amp;nbsp;slot bracket for picatinny
 			Type
 			Scope Mounts &amp;amp; Accessories
 			Material
 			Aluminum Alloy, Stainless Steel
 			size
 			3 slots
 			Weight
 			0.015
 			Applicable People
 			Universal
-			Spec..</t>
-[...2 lines deleted...]
-      <c r="E58">
+			Special Features
+		..</t>
+        </is>
+      </c>
+      <c r="E60">
         <v>172.5</v>
       </c>
-      <c r="F58">
+      <c r="F60">
         <v>150.0000</v>
       </c>
-      <c r="G58"/>
-[...16 lines deleted...]
-          <t>5 Slots Aluminum M-Loc Bracket Pica and Arca Bracket
+      <c r="G60"/>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>140</v>
+      </c>
+      <c r="B61" t="s">
+        <v>141</v>
+      </c>
+      <c r="C61" t="s">
+        <v>114</v>
+      </c>
+      <c r="D61" t="inlineStr">
+        <is>
+          <t>5 Slots Aluminum Picatinny Bracket
 &amp;nbsp;
 Specification
 			item
-			Universal 3&amp;nbsp;slot bracket for picatinny
+			Universal 5&amp;nbsp;slot bracket for picatinny
 			Type
 			Scope Mounts &amp;amp; Accessories
 			Material
 			Aluminum Alloy, Stainless Steel
 			size
 			5&amp;nbsp;slots
 			Weight
 			0.015
 			Applicable People
 			Universal
-		..</t>
-[...2 lines deleted...]
-      <c r="E59">
+			Special Features
+..</t>
+        </is>
+      </c>
+      <c r="E61">
         <v>184</v>
       </c>
-      <c r="F59">
+      <c r="F61">
         <v>160.0000</v>
       </c>
-      <c r="G59"/>
-[...16 lines deleted...]
-          <t>3 Slots 5 Slot Aluminum M-Loc Bracket Pica and Arca Bracket
+      <c r="G61"/>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>142</v>
+      </c>
+      <c r="B62" t="s">
+        <v>143</v>
+      </c>
+      <c r="C62" t="s">
+        <v>114</v>
+      </c>
+      <c r="D62" t="inlineStr">
+        <is>
+          <t>5 Slot Picatinny to M-Loc Bracket&amp;nbsp;
 &amp;nbsp;
 Specification
 			item
 			Universal 5 slot bracket for picatinny
 			Type
 			Scope Mounts &amp;amp; Accessories
 			Material
 			Aluminum Alloy, Stainless Steel
 			size
 			5 slots
 			Weight
 			0.015
 			Applicable People
 			Universal
-			Sp..</t>
-[...2 lines deleted...]
-      <c r="E60">
+			Special Features
+..</t>
+        </is>
+      </c>
+      <c r="E62">
         <v>310.5</v>
       </c>
-      <c r="F60">
+      <c r="F62">
         <v>270.0000</v>
       </c>
-      <c r="G60"/>
-[...14 lines deleted...]
-      <c r="D61" t="inlineStr">
+      <c r="G62"/>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>144</v>
+      </c>
+      <c r="B63" t="s">
+        <v>145</v>
+      </c>
+      <c r="C63" t="s">
+        <v>114</v>
+      </c>
+      <c r="D63" t="inlineStr">
+        <is>
+          <t>7 Slot Picatinny to M-Loc Bracket&amp;nbsp;
+&amp;nbsp;
+Specification
+			item
+			Universal 7 slot bracket for picatinny
+			Type
+			Scope Mounts &amp;amp; Accessories
+			Material
+			Aluminum Alloy, Stainless Steel
+			size
+			7 slots
+			Weight
+			0.015
+			Applicable People
+			Universal
+			Special Features
+..</t>
+        </is>
+      </c>
+      <c r="E63">
+        <v>310.5</v>
+      </c>
+      <c r="F63">
+        <v>270.0000</v>
+      </c>
+      <c r="G63"/>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>146</v>
+      </c>
+      <c r="B64" t="s">
+        <v>147</v>
+      </c>
+      <c r="C64" t="s">
+        <v>114</v>
+      </c>
+      <c r="D64" t="inlineStr">
+        <is>
+          <t>Linkogear Universal Bipod Feet BSP-01 Aluminum Terrain - Pair
+&amp;nbsp;
+Don’t let the ground decide your shot. Linkogear’s universal bipod feet give you the grip, stability, and adaptability you need—whether you’re locked down on concrete, dug in on rocky soil, or punching through ice. Available in three models, each built for a specific mission:
+BSP-01 – Lightweight Spikes
+	Material: Aluminum 6061
+	Weight: 25.3 g / 0.89 oz
+	Best for mixed surfaces where you need grip..</t>
+        </is>
+      </c>
+      <c r="E64">
+        <v>310.5</v>
+      </c>
+      <c r="F64">
+        <v>270.0000</v>
+      </c>
+      <c r="G64"/>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>146</v>
+      </c>
+      <c r="B65" t="s">
+        <v>148</v>
+      </c>
+      <c r="C65" t="s">
+        <v>114</v>
+      </c>
+      <c r="D65" t="inlineStr">
         <is>
           <t>Linkogear Universal Bipod Feet BSP-02 Aluminum Flower Spikes Terrain - Pair
 &amp;nbsp;
 Don’t let the ground decide your shot. Linkogear’s flower spike bipod feet give you the grip, stability, and adaptability you need—whether you’re locked down on concrete, dug in on rocky soil, or punching through ice. Available in three models, each built for a specific mission:
 BSP-02 – Lightweight Spikes
 	Material: Aluminum 6061
 	Weight: 25.3 g / 0.89 oz
 	Best for mixed surfaces wh..</t>
         </is>
       </c>
-      <c r="E61">
+      <c r="E65">
         <v>230</v>
       </c>
-      <c r="F61">
+      <c r="F65">
         <v>200.0000</v>
       </c>
-      <c r="G61"/>
-[...46 lines deleted...]
-      <c r="D63" t="inlineStr">
+      <c r="G65"/>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>149</v>
+      </c>
+      <c r="B66" t="s">
+        <v>150</v>
+      </c>
+      <c r="C66" t="s">
+        <v>114</v>
+      </c>
+      <c r="D66" t="inlineStr">
         <is>
           <t>Linkogear Universal Bipod Feet BSP-03 Aluminum Stainless Terrain - Pair
 &amp;nbsp;
 Don’t let the ground decide your shot. Linkogear’s universal bipod feet give you the grip, stability, and adaptability you need—whether you’re locked down on concrete, dug in on rocky soil, or punching through ice. Available in three models, each built for a specific mission:
 BSP-03 – Flat Feet
 	Material: Aluminum 6061
 	Weight: 48.9 g / 1.72 oz
 	Rock-solid on hard, smooth surfaces where ..</t>
         </is>
       </c>
-      <c r="E63">
+      <c r="E66">
         <v>434.7</v>
       </c>
-      <c r="F63">
+      <c r="F66">
         <v>378.0000</v>
       </c>
-      <c r="G63"/>
-[...14 lines deleted...]
-      <c r="D64" t="inlineStr">
+      <c r="G66"/>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>151</v>
+      </c>
+      <c r="B67" t="s">
+        <v>152</v>
+      </c>
+      <c r="C67" t="s">
+        <v>31</v>
+      </c>
+      <c r="D67" t="inlineStr">
         <is>
           <t>Adjustable Bag Rider
 Logo on Bag Rider for reference.&amp;nbsp; MDT compatible.&amp;nbsp; Same Base Chassis Specific Upper can be specified to fit Warrior - MDT- STG
 Adjustable Bag rider for, compatible with Warrior / MDT / STG Gen1 chassis.&amp;nbsp; Adjustable bag riders are manufactured from 7075 Aircraft graded aluminum, high-grade stainless-steel rods, and high-grade Japanese THK stainless steel Linear bearings and hard anodized for durability
 &amp;nbsp;..</t>
         </is>
       </c>
-      <c r="E64">
+      <c r="E67">
         <v>1943.5</v>
       </c>
-      <c r="F64">
+      <c r="F67">
         <v>1690.0000</v>
       </c>
-      <c r="G64"/>
-[...14 lines deleted...]
-      <c r="D65" t="inlineStr">
+      <c r="G67"/>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>153</v>
+      </c>
+      <c r="B68" t="s">
+        <v>154</v>
+      </c>
+      <c r="C68" t="s">
+        <v>103</v>
+      </c>
+      <c r="D68" t="inlineStr">
         <is>
           <t>AutoTricklerV4
-&amp;nbsp;
-[...29 lines deleted...]
-      <c r="D66" t="inlineStr">
+Inspired by an auger (and refined through simulation, testing, and iteration), a large tube with deep spiral grooves pours bulk powder at rates up to 50 GN/s, ramping down smoothly to within 1-2 grains of the target..</t>
+        </is>
+      </c>
+      <c r="E68">
+        <v>14053</v>
+      </c>
+      <c r="F68">
+        <v>12220.0000</v>
+      </c>
+      <c r="G68"/>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>155</v>
+      </c>
+      <c r="B69" t="s">
+        <v>156</v>
+      </c>
+      <c r="C69" t="s">
+        <v>103</v>
+      </c>
+      <c r="D69" t="inlineStr">
         <is>
           <t>Shotmarker1
 Using 8 high precision MEMS microphones placed in the four corners of your frame, ShotMarker precisely measures the&amp;nbsp;point of impact and down-range velocity of each shot, so that you can analyze your groups for load development or shoot for score in competition.
 &amp;nbsp;
 	Seamlessly network up to 250 targets
 	LoRa long range RF provides reliable wireless at any range
 	Sensor area up to 8 meters fits any frame size
 	Internal, rechargeable batteries run for multiple day..</t>
         </is>
       </c>
-      <c r="E66">
-[...20 lines deleted...]
-      <c r="D67" t="inlineStr">
+      <c r="E69">
+        <v>24099.998</v>
+      </c>
+      <c r="F69">
+        <v>20956.5200</v>
+      </c>
+      <c r="G69"/>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>157</v>
+      </c>
+      <c r="B70" t="s">
+        <v>158</v>
+      </c>
+      <c r="C70" t="s">
+        <v>103</v>
+      </c>
+      <c r="D70" t="inlineStr">
         <is>
           <t>These belts for the V3 AutoTrickler are standard 70A hardness #152 size o-rings. These are 3/32" thick which is larger than the 1/16" o-rings we used until 2017.
 The belts may break down over time if you are in a dry climate. To extend their life you can remove the belt from the AutoTrickler when not in use and store in a sealed bag.
 Includes a set of 5 belts.
 Not suitable for the V4 AutoTrickler.
 &amp;nbsp;..</t>
         </is>
       </c>
-      <c r="E67">
+      <c r="E70">
         <v>69</v>
       </c>
-      <c r="F67">
+      <c r="F70">
         <v>60.0000</v>
       </c>
-      <c r="G67"/>
-[...17 lines deleted...]
-      <c r="E68">
+      <c r="G70"/>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>159</v>
+      </c>
+      <c r="B71" t="s">
+        <v>160</v>
+      </c>
+      <c r="C71" t="s">
+        <v>103</v>
+      </c>
+      <c r="D71" t="s">
+        <v>161</v>
+      </c>
+      <c r="E71">
         <v>224.25</v>
       </c>
-      <c r="F68">
+      <c r="F71">
         <v>195.0000</v>
       </c>
-      <c r="G68"/>
-[...14 lines deleted...]
-      <c r="D69" t="inlineStr">
+      <c r="G71"/>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>162</v>
+      </c>
+      <c r="B72" t="s">
+        <v>163</v>
+      </c>
+      <c r="C72" t="s">
+        <v>31</v>
+      </c>
+      <c r="D72" t="inlineStr">
         <is>
           <t>&amp;nbsp;
 Powder MAX Digital Powder Scale
 Milligram Scale 50g X 0.001g, Digital Mg/Powder Scale for Reloading Labs, Includes 20g Calibration Weight
 This high-precision digital milligram scale set comes with handy calibration weight and other reloading accessories. The backlit LCD makes the numbers more viewable and easy to read.
 Key Features
 - Color:Black / Silver/ Gold&amp;nbsp;
 - Max. Capacity: 50g / 1.7636oz / 250ct / 771.61gn / 1.6075ozt / 32.15dwt
 - Readability: 0.001g / 0.000..</t>
         </is>
       </c>
-      <c r="E69">
+      <c r="E72">
         <v>1127</v>
       </c>
-      <c r="F69">
+      <c r="F72">
         <v>980.0000</v>
       </c>
-      <c r="G69"/>
-[...17 lines deleted...]
-      <c r="E70">
+      <c r="G72"/>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>164</v>
+      </c>
+      <c r="B73" t="s">
+        <v>165</v>
+      </c>
+      <c r="C73" t="s">
+        <v>31</v>
+      </c>
+      <c r="D73" t="s">
+        <v>166</v>
+      </c>
+      <c r="E73">
         <v>971.75</v>
       </c>
-      <c r="F70">
+      <c r="F73">
         <v>845.0000</v>
       </c>
-      <c r="G70"/>
-[...17 lines deleted...]
-      <c r="E71">
+      <c r="G73"/>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>167</v>
+      </c>
+      <c r="B74" t="s">
+        <v>168</v>
+      </c>
+      <c r="C74" t="s">
+        <v>31</v>
+      </c>
+      <c r="D74" t="s">
+        <v>169</v>
+      </c>
+      <c r="E74">
         <v>1330.55</v>
       </c>
-      <c r="F71">
+      <c r="F74">
         <v>1157.0000</v>
       </c>
-      <c r="G71"/>
-[...14 lines deleted...]
-      <c r="D72" t="inlineStr">
+      <c r="G74"/>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>170</v>
+      </c>
+      <c r="B75" t="s">
+        <v>171</v>
+      </c>
+      <c r="C75" t="s">
+        <v>172</v>
+      </c>
+      <c r="D75" t="inlineStr">
         <is>
           <t>Rbst Absolute Digimatic 200mm Caliper
 200x0.01mm&amp;nbsp; AOS digimatic digital caliper with Stainless Steel frame with a resolution of 0.01mm and precision of 0.02mm
 Accuracy from the Rbst AOS Digimatic Caliper.&amp;nbsp; Big LCD screen with 4 buttons, made of high-quality stainless steel it supports four-way&amp;nbsp;measurement (OD, ID, Step Depth)
 Smooth rolling&amp;nbsp;Metric/Inch conversion and absolute zero setting at any position..</t>
         </is>
       </c>
-      <c r="E72">
+      <c r="E75">
         <v>1046.5</v>
       </c>
-      <c r="F72">
+      <c r="F75">
         <v>910.0000</v>
       </c>
-      <c r="G72"/>
-[...14 lines deleted...]
-      <c r="D73" t="inlineStr">
+      <c r="G75"/>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>173</v>
+      </c>
+      <c r="B76" t="s">
+        <v>174</v>
+      </c>
+      <c r="C76" t="s">
+        <v>172</v>
+      </c>
+      <c r="D76" t="inlineStr">
         <is>
           <t>Rbst Absolute Caliper 150mm.&amp;nbsp;
 &amp;nbsp;
 Rbst Absolute Digimatic 150mm Caliper
 150x0.01mm AOS, digimatic digital caliper with Stainless Steel frame with a resolution of 0.01mm and precision of 0.02mm
 Accuracy from the Rbst AOS Digimatic Caliper.&amp;nbsp; Big LCD screen with 4 buttons, made of high-quality stainless steel it supports four-way&amp;nbsp;measurement (OD, ID, Step Depth)
 Smooth rolling&amp;nbsp;Metric/Inch conversion and absolute zero setting at any position..</t>
         </is>
       </c>
-      <c r="E73">
+      <c r="E76">
         <v>793.5</v>
       </c>
-      <c r="F73">
+      <c r="F76">
         <v>690.0000</v>
       </c>
-      <c r="G73"/>
-[...14 lines deleted...]
-      <c r="D74" t="inlineStr">
+      <c r="G76"/>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>175</v>
+      </c>
+      <c r="B77" t="s">
+        <v>176</v>
+      </c>
+      <c r="C77" t="s">
+        <v>35</v>
+      </c>
+      <c r="D77" t="inlineStr">
         <is>
           <t>&amp;nbsp;
 200mm RBST Precision Caliper and AltitudeCraft Bullet and Headspace Gauge Comparator Kit with 14 Inserts and 6 Bushings Combo
 200mm Caliper and AltitudeCraft Bullet and Headspace Gauge Comparator Kit&amp;nbsp;
 Built for precision, engineered for excellence the RBST offers Exceptional Accuracy – 0.02mm precision with a 0.01mm resolution. Smooth rolling Metric/Inch conversion and absolute zero setting at any position. &amp;nbsp;Versatile Measurement – Four-way functionality: OD, ID, Step, ..</t>
         </is>
       </c>
-      <c r="E74">
+      <c r="E77">
         <v>2439.8055</v>
       </c>
-      <c r="F74">
+      <c r="F77">
         <v>2121.5700</v>
       </c>
-      <c r="G74"/>
-[...14 lines deleted...]
-      <c r="D75" t="inlineStr">
+      <c r="G77"/>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>177</v>
+      </c>
+      <c r="B78" t="s">
+        <v>178</v>
+      </c>
+      <c r="C78" t="s">
+        <v>27</v>
+      </c>
+      <c r="D78" t="inlineStr">
         <is>
           <t>RIFLEBASIX Remington 700 (1.5lbs-4lbs) Hunting Trigger w/ Safety
 Rated&amp;nbsp;4.94&amp;nbsp;out of 5 based on&amp;nbsp;48customer ratings
 	Remington trigger with safety and bolt stop release
 	Replaces all Remington 700 triggers including&amp;nbsp;X-Mark Pro&amp;nbsp;&amp;amp; 721
 	Also works with Bergara B14 series &amp;amp; CVA Cascade series
 	Typically used for Hunting
 	Weight of pull range 1.5lbs – 4.0lbs
 	Comes complete with instructions and hardware pack for easy user installation
 	Available in Black o..</t>
         </is>
       </c>
-      <c r="E75">
+      <c r="E78">
         <v>5232.5</v>
       </c>
-      <c r="F75">
+      <c r="F78">
         <v>4550.0000</v>
       </c>
-      <c r="G75"/>
-[...14 lines deleted...]
-      <c r="D76" t="inlineStr">
+      <c r="G78"/>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>179</v>
+      </c>
+      <c r="B79" t="s">
+        <v>180</v>
+      </c>
+      <c r="C79" t="s">
+        <v>27</v>
+      </c>
+      <c r="D79" t="inlineStr">
         <is>
           <t>RIFLEBASIX Remington 700 (2oz-6oz) Target Trigger w/Safety
 Rated&amp;nbsp;5.00&amp;nbsp;out of 5 based on&amp;nbsp;7customer ratings
 Remington trigger with safety and bolt stop release
 	This trigger will fit models: 700, 40x, 721, &amp;amp; XR-100
 	Also works with Bergara B14 series &amp;amp; CVA Cascade series
 	Typically used for Target shooting (gun remains stationary)
 	Weight of pull range: 2oz-6oz
 	Factory set to break at 2.5oz
 	Comes complete with instructions and hardware pack for easy user in..</t>
         </is>
       </c>
-      <c r="E76">
+      <c r="E79">
         <v>5531.5</v>
       </c>
-      <c r="F76">
+      <c r="F79">
         <v>4810.0000</v>
       </c>
-      <c r="G76"/>
-[...14 lines deleted...]
-      <c r="D77" t="inlineStr">
+      <c r="G79"/>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>181</v>
+      </c>
+      <c r="B80" t="s">
+        <v>182</v>
+      </c>
+      <c r="C80" t="s">
+        <v>27</v>
+      </c>
+      <c r="D80" t="inlineStr">
         <is>
           <t>RIFLEBASIX Remington 700 (4oz-20oz) Varm/Targ Trigger w/Safety
 Rated&amp;nbsp;5.00&amp;nbsp;out of 5 based on&amp;nbsp;6customer ratings
 	Includes Remington trigger, including safety with bolt stop release
 	Replacement for all Remington triggers. Works with models: 700, 40x, 721, &amp;amp; XR-100 (Also Works with X-Mark Pro)
 	Also works with Bergara B14 series &amp;amp; CVA Cascade series
 	Typically used for Varmint / Target shooting
 	Weight of pull range: 4oz – 20oz
 	Factory adjusted to break at 5oz t..</t>
         </is>
       </c>
-      <c r="E77">
+      <c r="E80">
         <v>5299.2</v>
       </c>
-      <c r="F77">
+      <c r="F80">
         <v>4608.0000</v>
       </c>
-      <c r="G77"/>
-[...14 lines deleted...]
-      <c r="D78" t="inlineStr">
+      <c r="G80"/>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>183</v>
+      </c>
+      <c r="B81" t="s">
+        <v>184</v>
+      </c>
+      <c r="C81" t="s">
+        <v>27</v>
+      </c>
+      <c r="D81" t="inlineStr">
         <is>
           <t>RIFLEBASIX Remington 700 (8oz-1.5lbs) Varmint Trigger w/ Safety
 Rated&amp;nbsp;5.00&amp;nbsp;out of 5 based on&amp;nbsp;17customer ratings
 	Black Remington trigger with safety and bolt stop release
 	Will fit models: 700, 40x, 721, &amp;amp; XR-100 (Works with X-Mark Pro)
 	Also works with Bergara B14 series &amp;amp; CVA Cascade series
 	Typically used for Varmint shooting
 	Weight of pull range: 8oz-1.5lbs
 	Factory adjusted to break at 10oz to 12oz
 	Comes complete with instructions and hardware pack for..</t>
         </is>
       </c>
-      <c r="E78">
+      <c r="E81">
         <v>4899</v>
       </c>
-      <c r="F78">
+      <c r="F81">
         <v>4260.0000</v>
       </c>
-      <c r="G78"/>
-[...14 lines deleted...]
-      <c r="D79" t="inlineStr">
+      <c r="G81"/>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>185</v>
+      </c>
+      <c r="B82" t="s">
+        <v>186</v>
+      </c>
+      <c r="C82" t="s">
+        <v>27</v>
+      </c>
+      <c r="D82" t="inlineStr">
         <is>
           <t>Remington 700 Factory Safety Kit
 Rated&amp;nbsp;5.00&amp;nbsp;out of 5 based on&amp;nbsp;4customer ratings
 	Remington factory safety kit for all 700 models
 	Also works with Bergara B14 series &amp;amp; CVA Cascade series
 	Comes complete with instructions and hardware pack for easy user installation
 	Available in Black &amp;amp; Silver
 	For right hand action only
 	100% fully adjustable..</t>
         </is>
       </c>
-      <c r="E79">
+      <c r="E82">
         <v>2093</v>
       </c>
-      <c r="F79">
+      <c r="F82">
         <v>1820.0000</v>
       </c>
-      <c r="G79"/>
-[...14 lines deleted...]
-      <c r="D80" t="inlineStr">
+      <c r="G82"/>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>187</v>
+      </c>
+      <c r="B83" t="s">
+        <v>188</v>
+      </c>
+      <c r="C83" t="s">
+        <v>24</v>
+      </c>
+      <c r="D83" t="inlineStr">
         <is>
           <t>Robust -T3 and T7 Multitools comes in a set.
 Your favourite Robust was split in two.&amp;nbsp; This SKU gets you two tools.&amp;nbsp; Multi-Functional 13 -in-2 Durable Stainless Steel Multi Tool Knifes
 Material :2cr13 Surface process.&amp;nbsp; Sand blasted stainless steel handle.&amp;nbsp;&amp;nbsp;Closed size :115mm x 40mm x 20mm Weight :0.150 kg.&amp;nbsp; Blades 420.Stainless steel.
 1. Can opener 2. Rescue hook 3. Flat-head screwdriver 4. Double-sided file 5. Box opener 6. Wire cutters 7. Scissors 8. Knife..</t>
         </is>
       </c>
-      <c r="E80">
+      <c r="E83">
         <v>743.82</v>
       </c>
-      <c r="F80">
+      <c r="F83">
         <v>646.8000</v>
       </c>
-      <c r="G80"/>
-[...14 lines deleted...]
-      <c r="D81" t="inlineStr">
+      <c r="G83"/>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>189</v>
+      </c>
+      <c r="B84" t="s">
+        <v>189</v>
+      </c>
+      <c r="C84" t="s">
+        <v>24</v>
+      </c>
+      <c r="D84" t="inlineStr">
         <is>
           <t>Robust T5S
 Silver&amp;nbsp; Components：440 Stainless (Blade/Scissors ） 420 (Stainless Handle: (1.Needlenose Pliers 2.Regular Pliers 3.Wire Cutter 4.Blade 5.Scissors 6.Multipurpose Cutter 7.Bottle Opener With Flat Screwdriver 8.Can Opener With Flat Screwdriver 9.Philips Screwdriver With Locking System 10.Reamer/Punch 11.Nail File 12.Saw 13.7/8/10/14mm Hexagon Wrench)&amp;nbsp; Includes Mini Sharpener...</t>
         </is>
       </c>
-      <c r="E81">
+      <c r="E84">
         <v>920.92</v>
       </c>
-      <c r="F81">
+      <c r="F84">
         <v>800.8000</v>
       </c>
-      <c r="G81"/>
-[...14 lines deleted...]
-      <c r="D82" t="inlineStr">
+      <c r="G84"/>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>190</v>
+      </c>
+      <c r="B85" t="s">
+        <v>191</v>
+      </c>
+      <c r="C85" t="s">
+        <v>24</v>
+      </c>
+      <c r="D85" t="inlineStr">
         <is>
           <t>Robust -T6 Multitool
 Multi-Functional&amp;nbsp; 8 in-1 Durable Stainless Steel Multi Tool Knife Folding Pliers.&amp;nbsp; &amp;nbsp;(Also see T1 your favourite T 1 split)
 Material :2cr13 Surface process.&amp;nbsp; Sand blasted stainless steel handle.&amp;nbsp;&amp;nbsp;Closed size :115mm x 40mm x 20mm Weight :0.150 kg.&amp;nbsp; Body and others components 420 Stainless, Blade and saw 440.Stainless steel.
 1. Can opener 2.Scissors 3. Knife&amp;nbsp; 4. Saw 5. Serrated 6. Nail lifter 7. Bottle/Can opener 8. Window Smashe..</t>
         </is>
       </c>
-      <c r="E82">
+      <c r="E85">
         <v>384.997</v>
       </c>
-      <c r="F82">
+      <c r="F85">
         <v>334.7800</v>
       </c>
-      <c r="G82"/>
-[...14 lines deleted...]
-      <c r="D83" t="inlineStr">
+      <c r="G85"/>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>192</v>
+      </c>
+      <c r="B86" t="s">
+        <v>193</v>
+      </c>
+      <c r="C86" t="s">
+        <v>24</v>
+      </c>
+      <c r="D86" t="inlineStr">
         <is>
           <t>Robust -T7 Multitool
 Multi-Functional&amp;nbsp; 8 in-1 Durable Stainless Steel Multi Tool Knife Folding Pliers.&amp;nbsp; &amp;nbsp;(Also see T8 Combo- Your favourite T8 was split in two)
 Material :2cr13 Surface process.&amp;nbsp; Sand blasted stainless steel handle.&amp;nbsp;&amp;nbsp;Closed size :115mm x 40mm x 20mm Weight :0.150 kg.&amp;nbsp; Blades 420.Stainless steel.
 1. Can opener 2.Scissors 3. Knife&amp;nbsp; 4. Saw 5. Serrated 6. Nail lifter 7. Bottle/Can opener 8. Window Smasher..</t>
         </is>
       </c>
-      <c r="E83">
+      <c r="E86">
         <v>356.5</v>
       </c>
-      <c r="F83">
+      <c r="F86">
         <v>310.0000</v>
       </c>
-      <c r="G83"/>
-[...41 lines deleted...]
-      <c r="D85" t="inlineStr">
+      <c r="G86"/>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>194</v>
+      </c>
+      <c r="B87" t="s">
+        <v>195</v>
+      </c>
+      <c r="C87" t="s">
+        <v>27</v>
+      </c>
+      <c r="D87" t="inlineStr">
         <is>
           <t>Ruger RU-VT M77 MK II Varmint / Target (8oz-3lb)
 Rated&amp;nbsp;4.86&amp;nbsp;out of 5 based on&amp;nbsp;7customer ratings
 • Replaces 2 Stage Ruger trigger for the model M77 MK II Varmint/Target Rifle and the Hawkeye&amp;nbsp;Predator.
 • Accommodates three position factory safety for excellent single stage operation.
 • Electroless nickel plated to match factory action.
 • Comes complete with instructions, hardware pack, and adjustment screw for easy user installation.
 • Weight of pull Range: 8oz-3lbs
 ..</t>
         </is>
       </c>
-      <c r="E85">
+      <c r="E87">
         <v>3675.101</v>
       </c>
-      <c r="F85">
+      <c r="F87">
         <v>3195.7400</v>
       </c>
-      <c r="G85"/>
-[...14 lines deleted...]
-      <c r="D86" t="inlineStr">
+      <c r="G87"/>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>196</v>
+      </c>
+      <c r="B88" t="s">
+        <v>197</v>
+      </c>
+      <c r="C88" t="s">
+        <v>27</v>
+      </c>
+      <c r="D88" t="inlineStr">
         <is>
           <t>&amp;nbsp;
 Savage Arms 110 SAV-2 4oz-3lbs (Universal)
 Rated&amp;nbsp;4.95&amp;nbsp;out of 5 based on&amp;nbsp;37customer ratings
 • Replaces all 110 Type Savage Arms Actions
 • Will replace Models: 10, 11, 12, 110, 16, 111, 112, 114 &amp;amp; 116
 • Will replace standard trigger or new AccuTrigger™
 • Will replace all 110 type centerfire triggers manufactured after January 1966
 • Also replaces Savage / Stevens Model 200 and Savage 210 slug gun
 • Long &amp;amp; Short • Early &amp;amp; Late • Left &amp;amp; Right Hand
 ..</t>
         </is>
       </c>
-      <c r="E86">
+      <c r="E88">
         <v>5226.52</v>
       </c>
-      <c r="F86">
+      <c r="F88">
         <v>4544.8000</v>
       </c>
-      <c r="G86"/>
-[...14 lines deleted...]
-      <c r="D87" t="inlineStr">
+      <c r="G88"/>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>198</v>
+      </c>
+      <c r="B89" t="s">
+        <v>199</v>
+      </c>
+      <c r="C89" t="s">
+        <v>27</v>
+      </c>
+      <c r="D89" t="inlineStr">
         <is>
           <t>Savage Arms 110 SAV-1 14oz-3lbs (Hunting)
 Rated&amp;nbsp;4.88&amp;nbsp;out of 5 based on&amp;nbsp;33customer ratings
 (33&amp;nbsp;customer reviews)
 $104.95
 • Replaces all 110 Type Savage Arms Rifles and Edge/Axis Rifles
 • Will replace Models: 10 (T-SR), 11, 12, 110, 16, 111, 112, 114 &amp;amp; 116
 • Will replace all 110 type centerfire triggers manufactured after January 1966
 • Will replace standard trigger or AccuTrigger™
 • Will work with AccuStock™
 • Also replaces Savage / Stevens Model 200 and..</t>
         </is>
       </c>
-      <c r="E87">
+      <c r="E89">
         <v>4036.5</v>
       </c>
-      <c r="F87">
+      <c r="F89">
         <v>3510.0000</v>
       </c>
-      <c r="G87"/>
-[...14 lines deleted...]
-      <c r="D88" t="inlineStr">
+      <c r="G89"/>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>200</v>
+      </c>
+      <c r="B90" t="s">
+        <v>201</v>
+      </c>
+      <c r="C90" t="s">
+        <v>27</v>
+      </c>
+      <c r="D90" t="inlineStr">
         <is>
           <t>Savage Arms Trigger Sear w/o AccuTrigger
 Rated&amp;nbsp;4.95&amp;nbsp;out of 5 based on&amp;nbsp;20customer ratings
 • Savage Arms Rimfire Rifles &amp;amp; “Striker” Pistols WITHOUT AccuTrigger™
 • Fits both Right and Left Hand Actions
 • Models: 501, 502, &amp;amp; 503, Mark I &amp;amp; II, Model 93 in both .17 &amp;amp; .22 (Walmart)
 • Also fits Stevens Model 310
 • Comes complete with instructions, hardware pack, and adjustment wrench for easy user installation..</t>
         </is>
       </c>
-      <c r="E88">
+      <c r="E90">
         <v>3289</v>
       </c>
-      <c r="F88">
+      <c r="F90">
         <v>2860.0000</v>
       </c>
-      <c r="G88"/>
-[...14 lines deleted...]
-      <c r="D89" t="inlineStr">
+      <c r="G90"/>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>202</v>
+      </c>
+      <c r="B91" t="s">
+        <v>203</v>
+      </c>
+      <c r="C91" t="s">
+        <v>27</v>
+      </c>
+      <c r="D91" t="inlineStr">
         <is>
           <t>&amp;nbsp;
 Savage Arms SAV-RAT – Rimfire w/ AccuTrigger
 Rated&amp;nbsp;5.00&amp;nbsp;out of 5 based on&amp;nbsp;34customer ratings
 (34&amp;nbsp;customer reviews)
 $104.95
 • Replaces Savage Arms Rimfire Models Mark I &amp;amp; II and Model 93, (Does not fit B Mag) Replaces AccuTrigger™
 • Also fits centerfires: Model 40 (.22 Hornet) and Model 25 (.223 and .204 Ruger) &amp;amp; B22
 • Comes complete with instructions, hardware pack, and wrench for easy user installation&amp;gt;
 • Available in Black or Silver
 • Al..</t>
         </is>
       </c>
-      <c r="E89">
+      <c r="E91">
         <v>4036.5</v>
       </c>
-      <c r="F89">
+      <c r="F91">
         <v>3510.0000</v>
       </c>
-      <c r="G89"/>
-[...46 lines deleted...]
-      </c>
       <c r="G91"/>
-      <c r="H91">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
+        <v>204</v>
+      </c>
+      <c r="B92" t="s">
+        <v>205</v>
+      </c>
+      <c r="C92" t="s">
+        <v>31</v>
+      </c>
+      <c r="D92" t="s">
+        <v>206</v>
+      </c>
+      <c r="E92">
+        <v>291.525</v>
+      </c>
+      <c r="F92">
+        <v>253.5000</v>
+      </c>
+      <c r="G92"/>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
         <v>207</v>
       </c>
-      <c r="B92" t="s">
+      <c r="B93" t="s">
         <v>208</v>
       </c>
-      <c r="C92" t="s">
+      <c r="C93" t="s">
+        <v>31</v>
+      </c>
+      <c r="D93" t="s">
         <v>209</v>
       </c>
-      <c r="D92" t="inlineStr">
+      <c r="E93">
+        <v>291.525</v>
+      </c>
+      <c r="F93">
+        <v>253.5000</v>
+      </c>
+      <c r="G93"/>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>210</v>
+      </c>
+      <c r="B94" t="s">
+        <v>211</v>
+      </c>
+      <c r="C94" t="s">
+        <v>212</v>
+      </c>
+      <c r="D94" t="inlineStr">
         <is>
           <t>SG Pulse Pro: Next-Gen Precision Shooting Assistant
 We are excited to announce the arrival&amp;nbsp;SG Pulse Pro, the most advanced precision shooting device to date. Designed for both competitive shooters and dedicated enthusiasts, Pulse Pro combines cutting-edge technology with rugged reliability — all in one compact system. From leveling your rifle to managing your stage time, from tracking your muzzle movement to instantly accessing digital DOPE cards, Pulse Pro is more than just a tool. It..</t>
         </is>
       </c>
-      <c r="E92">
+      <c r="E94">
         <v>7201.3</v>
       </c>
-      <c r="F92">
+      <c r="F94">
         <v>6262.0000</v>
       </c>
-      <c r="G92"/>
-[...14 lines deleted...]
-      <c r="D93" t="inlineStr">
+      <c r="G94"/>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>213</v>
+      </c>
+      <c r="B95" t="s">
+        <v>213</v>
+      </c>
+      <c r="C95" t="s">
+        <v>212</v>
+      </c>
+      <c r="D95" t="inlineStr">
         <is>
           <t>The&amp;nbsp;SG Timer Go&amp;nbsp;is a portable, high-performance shot timer designed for competitive shooters and trainers. Featuring advanced acoustic detection, customizable settings, and Bluetooth connectivity, it helps track splits, reaction times, and training progress. With a durable, lightweight design and long battery life, it’s the perfect tool for serious shooters on the go.
 ✅&amp;nbsp;Portable &amp;amp; Accurate
 ✅&amp;nbsp;Customizable Par Times &amp;amp; Start Signals
 ✅&amp;nbsp;Bluetooth Sync with Shoote..</t>
         </is>
       </c>
-      <c r="E93">
+      <c r="E95">
         <v>3887</v>
       </c>
-      <c r="F93">
+      <c r="F95">
         <v>3380.0000</v>
       </c>
-      <c r="G93"/>
-[...8 lines deleted...]
-      <c r="B94" t="s">
+      <c r="G95"/>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>214</v>
+      </c>
+      <c r="B96" t="s">
+        <v>215</v>
+      </c>
+      <c r="C96" t="s">
         <v>212</v>
       </c>
-      <c r="C94" t="s">
-[...2 lines deleted...]
-      <c r="D94" t="inlineStr">
+      <c r="D96" t="inlineStr">
         <is>
           <t>SG Pulse&amp;nbsp;&amp;nbsp;(Includes M-Lok and Picatinny mount)
 As long-range shooters, we have enough going against us — everything from the wind to worrying about standard deviation and extreme spread. All of that matters. But once you’ve mastered, or at least have a really good grasp of, your fundamentals of marksmanship, it’s time to employ all of this and ensure you’re making those shots as needed.
 However, when you start shooting in the mountains or on side slopes, it becomes really difficu..</t>
         </is>
       </c>
-      <c r="E94">
+      <c r="E96">
         <v>3887</v>
       </c>
-      <c r="F94">
+      <c r="F96">
         <v>3380.0000</v>
       </c>
-      <c r="G94"/>
-[...14 lines deleted...]
-      <c r="D95" t="inlineStr">
+      <c r="G96"/>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>216</v>
+      </c>
+      <c r="B97" t="s">
+        <v>217</v>
+      </c>
+      <c r="C97" t="s">
+        <v>212</v>
+      </c>
+      <c r="D97" t="inlineStr">
         <is>
           <t>Advanced Digital Level – Precision Without Distraction
 Pulse Pro’s digital level eliminates cant error, ensuring your bullets stay on target. Sensors provide instant feedback, while external ocular LEDs outperform traditional fiber optics — even in bright sunlight. You can monitor your level either through&amp;nbsp;color indicators&amp;nbsp;or by reading&amp;nbsp;precise numerical values&amp;nbsp;— whichever works best for your style...</t>
         </is>
       </c>
-      <c r="E95">
+      <c r="E97">
         <v>1943.5</v>
       </c>
-      <c r="F95">
+      <c r="F97">
         <v>1690.0000</v>
       </c>
-      <c r="G95"/>
-[...14 lines deleted...]
-      <c r="D96" t="inlineStr">
+      <c r="G97"/>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>218</v>
+      </c>
+      <c r="B98" t="s">
+        <v>219</v>
+      </c>
+      <c r="C98" t="s">
+        <v>31</v>
+      </c>
+      <c r="D98" t="inlineStr">
         <is>
           <t>Adjustable Bag Rider
 Logo on Bag Rider for reference.&amp;nbsp; STG Gen 1 compatible.&amp;nbsp; Same Base Chassis Specific Upper can be specified to fit Warrior - MDT- STG
 Adjustable Bag rider for, compatible with Warrior / MDT / STG Gen1 chassis.&amp;nbsp; Adjustable bag riders are manufactured from 7075 Aircraft graded aluminum, high-grade stainless-steel rods, and high-grade Japanese THK stainless steel Linear bearings and hard anodized for durability
 &amp;nbsp;..</t>
         </is>
       </c>
-      <c r="E96">
+      <c r="E98">
         <v>1840</v>
       </c>
-      <c r="F96">
+      <c r="F98">
         <v>1600.0000</v>
       </c>
-      <c r="G96"/>
-[...14 lines deleted...]
-      <c r="D97" t="inlineStr">
+      <c r="G98"/>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>220</v>
+      </c>
+      <c r="B99" t="s">
+        <v>221</v>
+      </c>
+      <c r="C99" t="s">
+        <v>222</v>
+      </c>
+      <c r="D99" t="inlineStr">
         <is>
           <t>Stilte Re-usable Earplugs
 Fitted with a SNR21db filter it is ideal to filter out unwanted noise.&amp;nbsp; Use them everywhere, during shooting competitions as reinforcement under Muffs or just as aid to filter noise away from shooting point...</t>
         </is>
       </c>
-      <c r="E97">
+      <c r="E99">
         <v>172.5</v>
       </c>
-      <c r="F97">
+      <c r="F99">
         <v>150.0000</v>
       </c>
-      <c r="G97"/>
-[...14 lines deleted...]
-      <c r="D98" t="s">
+      <c r="G99"/>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>223</v>
+      </c>
+      <c r="B100" t="s">
+        <v>224</v>
+      </c>
+      <c r="C100" t="s">
         <v>222</v>
       </c>
-      <c r="E98">
+      <c r="D100" t="s">
+        <v>225</v>
+      </c>
+      <c r="E100">
         <v>161</v>
       </c>
-      <c r="F98">
+      <c r="F100">
         <v>140.0000</v>
       </c>
-      <c r="G98"/>
-[...14 lines deleted...]
-      <c r="D99" t="inlineStr">
+      <c r="G100"/>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>226</v>
+      </c>
+      <c r="B101" t="s">
+        <v>226</v>
+      </c>
+      <c r="C101" t="s">
+        <v>31</v>
+      </c>
+      <c r="D101" t="inlineStr">
         <is>
           <t>Adjustable Bag Rider
 &amp;nbsp;Warrior compatible.&amp;nbsp; Same Base Chassis Specific Upper can be specified to fit Warrior - MDT- STG
 Adjustable Bag rider for, compatible with Warrior / MDT / STG Gen1 chassis.&amp;nbsp; Adjustable bag riders are manufactured from 7075 Aircraft graded aluminium, high-grade stainless-steel rods, and high-grade Japanese THK stainless steel Linear bearings and hard anodized for durability
 &amp;nbsp;..</t>
         </is>
       </c>
-      <c r="E99">
+      <c r="E101">
         <v>1897.5</v>
       </c>
-      <c r="F99">
+      <c r="F101">
         <v>1650.0000</v>
       </c>
-      <c r="G99"/>
-[...17 lines deleted...]
-      <c r="E100">
+      <c r="G101"/>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>227</v>
+      </c>
+      <c r="B102" t="s">
+        <v>228</v>
+      </c>
+      <c r="C102" t="s">
+        <v>31</v>
+      </c>
+      <c r="D102" t="s">
+        <v>229</v>
+      </c>
+      <c r="E102">
         <v>74.75</v>
       </c>
-      <c r="F100">
+      <c r="F102">
         <v>65.0000</v>
       </c>
-      <c r="G100"/>
-[...14 lines deleted...]
-      <c r="D101" t="inlineStr">
+      <c r="G102"/>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>230</v>
+      </c>
+      <c r="B103" t="s">
+        <v>231</v>
+      </c>
+      <c r="C103" t="s">
+        <v>27</v>
+      </c>
+      <c r="D103" t="inlineStr">
         <is>
           <t>WIN-1 12oz – 4lbs pull (Model 70 centrefire)
 Rated&amp;nbsp;5.00&amp;nbsp;out of 5 based on&amp;nbsp;8customer ratings
 	Rifle Basix Replacement Trigger for Winchester Model 70 centerfires – pre or post 1964 and FN SPR
 	Uses factory safety and is fully adjustable for sear engagement
 	Comes complete with instructions, hardware pack, and wrench for easy user installation
 	Available in Black &amp;amp; Silver
 	Weight of pull range: 12oz-4lbs
 ** Trigger will NOT replace New Model 70 MOA OEM Trigger..</t>
         </is>
       </c>
-      <c r="E101">
+      <c r="E103">
         <v>4455.1</v>
       </c>
-      <c r="F101">
+      <c r="F103">
         <v>3874.0000</v>
       </c>
-      <c r="G101"/>
-[...14 lines deleted...]
-      <c r="D102" t="inlineStr">
+      <c r="G103"/>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>232</v>
+      </c>
+      <c r="B104" t="s">
+        <v>233</v>
+      </c>
+      <c r="C104" t="s">
+        <v>9</v>
+      </c>
+      <c r="D104" t="inlineStr">
         <is>
           <t>RANGEGUIDE 3200 10x40
 The GPO RANGEGUIDE™ 3200 8×40 and 10×40 is an absolute highlight and sets new standards in the 40 mm rangefinder class when it comes to performance, weight, compactness and handling. It is the perfect companion in the mountains, when stalking, at dusk or when hunting with a bow or crossbow.
 For GPO, the RANGEGUIDE™ 3200 8×40 and 10×40 is the logical and consistent extension of the highly successful rangefinder line with the “big brother” 8×50/10×50 and the particularl..</t>
         </is>
       </c>
-      <c r="E102">
-[...20 lines deleted...]
-      <c r="D103" t="inlineStr">
+      <c r="E104">
+        <v>24278.8</v>
+      </c>
+      <c r="F104">
+        <v>21112.0000</v>
+      </c>
+      <c r="G104"/>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>234</v>
+      </c>
+      <c r="B105" t="s">
+        <v>235</v>
+      </c>
+      <c r="C105" t="s">
+        <v>14</v>
+      </c>
+      <c r="D105" t="inlineStr">
         <is>
           <t>JAGER ST-402J Tripod
 The ST402J tripod is a&amp;nbsp;carbon fiber 2-section portable SLR camera, binoculars, spotting scope or rifle tripod. Its 3/8 universal screw on the top, which allows for easy mounting of various cameras and accessories.&amp;nbsp;The tripod also comes with a level and 75mm ball bowl to ensure your camera remains perfectly level and stable during use.&amp;nbsp;Additionally, the removable headstock with adjustable gear lever provides additional flexibility and convenience.
 	1700..</t>
         </is>
       </c>
-      <c r="E103">
+      <c r="E105">
         <v>3392.5</v>
       </c>
-      <c r="F103">
+      <c r="F105">
         <v>2950.0000</v>
       </c>
-      <c r="G103"/>
-[...14 lines deleted...]
-      <c r="D104" t="inlineStr">
+      <c r="G105"/>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>236</v>
+      </c>
+      <c r="B106" t="s">
+        <v>235</v>
+      </c>
+      <c r="C106" t="s">
+        <v>14</v>
+      </c>
+      <c r="D106" t="inlineStr">
         <is>
           <t>JAGER ST-402J Tripod Combo Includes Ball Head JH 55
 The ST402J tripod is a&amp;nbsp;carbon fiber 2-section portable SLR camera, binoculars, spotting scope or rifle tripod. Its 3/8 universal screw on the top, which allows for easy mounting of various cameras and accessories.&amp;nbsp;The tripod also comes with a level and 75mm ball bowl to ensure your camera remains perfectly level and stable during use.&amp;nbsp;Additionally, the removable headstock with adjustable gear lever provides additional flexibil..</t>
         </is>
       </c>
-      <c r="E104">
+      <c r="E106">
         <v>3967.5</v>
       </c>
-      <c r="F104">
+      <c r="F106">
         <v>3450.0000</v>
       </c>
-      <c r="G104"/>
-[...14 lines deleted...]
-      <c r="D105" t="inlineStr">
+      <c r="G106"/>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>237</v>
+      </c>
+      <c r="B107" t="s">
+        <v>238</v>
+      </c>
+      <c r="C107" t="s">
+        <v>14</v>
+      </c>
+      <c r="D107" t="inlineStr">
         <is>
           <t>Jager&amp;nbsp;JH-324C
 Material :Carbon Fiber
 Leg sections : 4
 PROFESSIONAL TRIPOD :&amp;nbsp;Bubble level :Yes
 Extended length (mm) :&amp;nbsp;1715
 Folded Length :680
 Jager&amp;nbsp;load capacity :18 KG
 Weight (g) :&amp;nbsp;2350
 Tripod&amp;nbsp;Color:&amp;nbsp;Black / Camo Cover
 Max.Tube :32 mm
 Folded.H :&amp;nbsp;680 mm
 Max.H : 1715 mm
 Min.H : 220 mm
 Load Capacity :&amp;nbsp;18 kg
 Weight :&amp;nbsp;2.35 kg
 Packaging and delivery
 Single package size :&amp;nbsp;85X25X25 cm
 Single gross w..</t>
         </is>
       </c>
-      <c r="E105">
+      <c r="E107">
         <v>6696.45</v>
       </c>
-      <c r="F105">
+      <c r="F107">
         <v>5823.0000</v>
       </c>
-      <c r="G105"/>
-[...27 lines deleted...]
-      <c r="E106">
+      <c r="G107"/>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>239</v>
+      </c>
+      <c r="B108" t="s">
+        <v>240</v>
+      </c>
+      <c r="C108" t="s">
+        <v>103</v>
+      </c>
+      <c r="D108" t="inlineStr">
+        <is>
+          <t>Please note, the V4 AutoTrickler kit comes with everything :Includes::Glass Cup,&amp;nbsp;V4 Centering Tray,&amp;nbsp;V4 Funnel,&amp;nbsp;2x V4 Windows,&amp;nbsp;V4 Timing Belt (small tube),&amp;nbsp;V4 Timing Belt (large tube).&amp;nbsp;..</t>
+        </is>
+      </c>
+      <c r="E108">
         <v>797.9965</v>
       </c>
-      <c r="F106">
+      <c r="F108">
         <v>693.9100</v>
       </c>
-      <c r="G106"/>
-[...14 lines deleted...]
-      <c r="D107" t="inlineStr">
+      <c r="G108"/>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>241</v>
+      </c>
+      <c r="B109" t="s">
+        <v>242</v>
+      </c>
+      <c r="C109" t="s">
+        <v>24</v>
+      </c>
+      <c r="D109" t="inlineStr">
         <is>
           <t>Robust -T5BR
 Brown/Black&amp;nbsp; Components：440 Stainless (Blade/Scissors ） 420 (Stainless Handle: (1.Needlenose Pliers 2.Regular Pliers 3.Wire Cutter 4.Blade 5.Scissors 6.Multipurpose Cutter 7.Bottle Opener With Flat Screwdriver 8.Can Opener With Flat Screwdriver 9.Philips Screwdriver With Locking System 10.Reamer/Punch 11.Nail File 12.Saw 13.7/8/10/14mm Hexagon Wrench)..</t>
         </is>
       </c>
-      <c r="E107">
+      <c r="E109">
         <v>862.5</v>
       </c>
-      <c r="F107">
+      <c r="F109">
         <v>750.0000</v>
       </c>
-      <c r="G107"/>
-[...46 lines deleted...]
-      </c>
       <c r="G109"/>
-      <c r="H109">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="B110" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="C110" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D110" t="inlineStr">
         <is>
           <t>GPO CENTURI 4-16x44i – G4i reticle
 Description
 Introducing the GPO CENTURI 4-16x44i Riflescope, meticulously crafted and adapted for the discerning American shooter. This riflescope is a seamless blend of value and performance, addressing every field-use feature sought after by North American shooters and hunters.
 Designed to elevate your shooting experience, the GPO CENTURI riflescope boasts a 30mm main tube, providing a maximum range of adjustments for unparalleled precision. The inco..</t>
         </is>
       </c>
       <c r="E110">
-        <v>12166.7585</v>
+        <v>10913.5</v>
       </c>
       <c r="F110">
-        <v>10579.7900</v>
+        <v>9490.0000</v>
       </c>
       <c r="G110"/>
-      <c r="H110">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="B111" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="C111" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D111" t="inlineStr">
         <is>
           <t>GPO CENTURI 4-16x44i – MOAi reticle
 Description
 Introducing the GPO CENTURI 4-16x44i Riflescope, meticulously crafted and adapted for the discerning American shooter. This riflescope is a seamless blend of value and performance, addressing every field-use feature sought after by North American shooters and hunters.
 Designed to elevate your shooting experience, the GPO CENTURI riflescope boasts a 30mm main tube, providing a maximum range of adjustments for unparalleled precision. The inc..</t>
         </is>
       </c>
       <c r="E111">
-        <v>11833.339</v>
+        <v>10913.5</v>
       </c>
       <c r="F111">
-        <v>10289.8600</v>
+        <v>9490.0000</v>
       </c>
       <c r="G111"/>
-      <c r="H111">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="B112" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="C112" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D112" t="inlineStr">
         <is>
           <t>GPO PASSION HD 15×50 - Description
 While a 15X power binocular and a 50mm binocular are typically big, this 15×50 binocular stands out for its compact design when compared to other 15X models. Embodying a large field of view and an overall slim design, GPO proudly introduces the PASSION HD 15×50 binocular, which perfectly balances high magnification, size and weight.
 			Magnification
 			15X
 			Eye Relief GOOD
 			16.5mm
 			FOV @ 1000y
 	..</t>
         </is>
       </c>
       <c r="E112">
-        <v>29938.6975</v>
+        <v>30498</v>
       </c>
       <c r="F112">
-        <v>26033.6500</v>
+        <v>26520.0000</v>
       </c>
       <c r="G112"/>
-      <c r="H112">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="B113" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="C113" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D113" t="inlineStr">
         <is>
           <t>Description
 Elevate your observational experience with the cutting-edge PASSION SD 10×42 Binoculars, the latest addition to the renowned PASSION binocular line. Meticulously designed for those who seek optimal optical performance in lower light conditions without compromising on affordability.
 Crafted on a robust magnesium frame, the PASSION SD 10×42 features high-grade SD (substantial definition) glass elements, establishing itself as the market’s best price versus performance product. We..</t>
         </is>
       </c>
       <c r="E113">
         <v>7468.629</v>
       </c>
       <c r="F113">
         <v>6494.4600</v>
       </c>
       <c r="G113"/>
-      <c r="H113">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="B114" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="C114" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D114" t="inlineStr">
         <is>
           <t>Description
 Elevate your observational experience with the cutting-edge PASSION SD 8×42 Binoculars, the latest addition to the renowned PASSION binocular line. Meticulously designed for those who seek optimal optical performance in lower light conditions without compromising on affordability.
 Crafted on a robust magnesium frame, the PASSION SD 8×42 features high-grade SD (substantial definition) glass elements, establishing itself as the market’s best price versus performance product. Weig..</t>
         </is>
       </c>
       <c r="E114">
-        <v>7468.1</v>
+        <v>7099.9965</v>
       </c>
       <c r="F114">
-        <v>6494.0000</v>
+        <v>6173.9100</v>
       </c>
       <c r="G114"/>
-      <c r="H114">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="B115" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="C115" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D115" t="inlineStr">
         <is>
           <t>PASSION™ ED 10×56
 Build from a very light and durable magnesium housing, our PASSION™ ED 8x/10x 56mm models are our offering aimed specifically at those who demand excellent lowlight performance at a reasonable price.
 The Abbe-König prism, the superior imaging performance in transmission and contrast by large exit pupils allow a pleasant and relaxed observation even after dawn...</t>
         </is>
       </c>
       <c r="E115">
         <v>15996.5</v>
       </c>
       <c r="F115">
         <v>13910.0000</v>
       </c>
       <c r="G115"/>
-      <c r="H115">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="B116" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="C116" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D116" t="inlineStr">
         <is>
           <t>SPECTRA 4x 2.5-10x44i
 Description
 Introducing the GPO SPECTRA 2.5-10x44i Riflescope, the perfect companion for everyday shooting and hunting scenarios. Engineered to deliver versatile performance, this riflescope is designed to be a reliable workhorse in various environments. With a 4x zoom factor, it offers exceptional flexibility for different target distances and shooting conditions.
 At the 2.5 power setting, the GPO SPECTRA 2.5-10x44i Riflescope excels at close or moving targets, pr..</t>
         </is>
       </c>
       <c r="E116">
         <v>12176.2</v>
       </c>
       <c r="F116">
         <v>10588.0000</v>
       </c>
       <c r="G116"/>
-      <c r="H116">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="B117" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="C117" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D117" t="inlineStr">
         <is>
           <t>SPECTRA 6X 1.5-9x44i
 Introducing the GPO SPECTRA 1.5-9x44i Riflescope, a high-performance optic designed to deliver versatility and precision in your hunting pursuits. This riflescope offers the ideal balance between a wide magnification range and a slightly larger objective lens, ensuring exceptional performance in lower-light shooting conditions.
 Designed to meet the demands of North American game hunting, the GPO SPECTRA 1.5-9x44i Riflescope is suitable for a wide range of species, from..</t>
         </is>
       </c>
       <c r="E117">
-        <v>16670.653</v>
+        <v>17177.55</v>
       </c>
       <c r="F117">
-        <v>14496.2200</v>
+        <v>14937.0000</v>
       </c>
       <c r="G117"/>
-      <c r="H117">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="B118" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="C118" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D118" t="inlineStr">
         <is>
           <t>Quick Anneal - Feeder Large
 “Made under licence from Wombat Ordnance, Australia."
 Treat your customers with this unit.&amp;nbsp; Available if multiple colour combinations. Feeder for 4 caliber types, for the Quick Anneal Unit.&amp;nbsp; 3D Printed and motorized.&amp;nbsp; Save time while feeder feeds brass at different speeds into Annealer.
 This is a version of a product adapted from the original design on Thingiverse.com by Wombat&amp;nbsp;https://www.thingiverse.com/thing:4902058 .&amp;nbsp; Changes were..</t>
         </is>
       </c>
       <c r="E118">
         <v>2012.5</v>
       </c>
       <c r="F118">
         <v>1750.0000</v>
       </c>
       <c r="G118"/>
-      <c r="H118">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="B119" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="C119" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D119" t="inlineStr">
         <is>
           <t>GPO USA Centuri 2.5-15x50
 Built for a clear, bright view with a 50mm objective lenses and high-density glass elements, the&amp;nbsp;2.5-15x50 Centuri Riflescope&amp;nbsp;from&amp;nbsp;GPO USA&amp;nbsp;features a versatile magnification range and a simple and effective reticle design. Hold for windage and bullet-drop or dial in the trajectory at 1/4 MOA per click with 110 MOA of vertical and horizontal adjustment. Full GPObright multicoating ensures high light transmission for a bright image and the PASSIONdr..</t>
         </is>
       </c>
       <c r="E119">
         <v>12589.395</v>
       </c>
       <c r="F119">
         <v>10947.3000</v>
       </c>
       <c r="G119"/>
-      <c r="H119">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="B120" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="C120" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D120" t="inlineStr">
         <is>
-          <t>The AutoThrow powder hopper is made from PETG and incorporates a valve which blocks the flow when rotated. This hopper holds over 1 lb of powder. Hopper cover included.
-[...2 lines deleted...]
-V3-style is displayed..</t>
+          <t>The AutoThrow powder hopper is made from PETG and incorporates a valve which blocks the flow when rotated. This hopper holds over 1 lb of powder. Hopper cover included. (V3 displayed)..</t>
         </is>
       </c>
       <c r="E120">
         <v>797.9965</v>
       </c>
       <c r="F120">
         <v>693.9100</v>
       </c>
       <c r="G120"/>
-      <c r="H120">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="B121" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="C121" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>270</v>
+        <v>103</v>
+      </c>
+      <c r="D121" t="inlineStr">
+        <is>
+          <t>This power adapter plugs into your A&amp;amp;D scale and ensures that the scale and the motors have enough power to run at the same time. We provide a replacement adapter because the one that comes with the A&amp;amp;D scale may not work depending on&amp;nbsp;the model.This adapter is only to be used with an A&amp;amp;D scale. It has reverse polarity,..</t>
+        </is>
       </c>
       <c r="E121">
-        <v>2541.5</v>
+        <v>632.5</v>
       </c>
       <c r="F121">
-        <v>2210.0000</v>
+        <v>550.0000</v>
       </c>
       <c r="G121"/>
-      <c r="H121">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="B122" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="C122" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D122" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="E122">
-        <v>796.95</v>
+        <v>2541.5</v>
       </c>
       <c r="F122">
-        <v>693.0000</v>
+        <v>2210.0000</v>
       </c>
       <c r="G122"/>
-      <c r="H122">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="B123" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="C123" t="s">
-        <v>102</v>
-[...7 lines deleted...]
-        </is>
+        <v>103</v>
+      </c>
+      <c r="D123" t="s">
+        <v>272</v>
       </c>
       <c r="E123">
-        <v>733.93</v>
+        <v>796.95</v>
       </c>
       <c r="F123">
-        <v>638.2000</v>
+        <v>693.0000</v>
       </c>
       <c r="G123"/>
-      <c r="H123">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="B124" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="C124" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D124" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="E124">
-        <v>299</v>
+        <v>368</v>
       </c>
       <c r="F124">
-        <v>260.0000</v>
+        <v>320.0000</v>
       </c>
       <c r="G124"/>
-      <c r="H124">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
+        <v>275</v>
+      </c>
+      <c r="B125" t="s">
+        <v>276</v>
+      </c>
+      <c r="C125" t="s">
+        <v>103</v>
+      </c>
+      <c r="D125" t="inlineStr">
+        <is>
+          <t>Timing Belt for V3 Auto Trickler
+This belt does not wear out over time under normal use and&amp;nbsp;you should never need to replace it&amp;nbsp;The V3 style is for the toothed pulleys on the V3 AutoThrow...</t>
+        </is>
+      </c>
+      <c r="E125">
+        <v>171.925</v>
+      </c>
+      <c r="F125">
+        <v>149.5000</v>
+      </c>
+      <c r="G125"/>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>277</v>
+      </c>
+      <c r="B126" t="s">
+        <v>278</v>
+      </c>
+      <c r="C126" t="s">
+        <v>103</v>
+      </c>
+      <c r="D126" t="s">
         <v>279</v>
       </c>
-      <c r="B125" t="s">
+      <c r="E126">
+        <v>299</v>
+      </c>
+      <c r="F126">
+        <v>260.0000</v>
+      </c>
+      <c r="G126"/>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
         <v>280</v>
       </c>
-      <c r="C125" t="s">
-[...2 lines deleted...]
-      <c r="D125" t="inlineStr">
+      <c r="B127" t="s">
+        <v>281</v>
+      </c>
+      <c r="C127" t="s">
+        <v>103</v>
+      </c>
+      <c r="D127" t="inlineStr">
         <is>
           <t>Timing Belt for V4 Auto Trickler
 The V4 has two different sized belts for each tube. If you do need to replace your belt please contact us for instructions before attempting to disassemble AutoTrickler or AutoThrow...</t>
         </is>
       </c>
-      <c r="E125">
+      <c r="E127">
         <v>618.93</v>
       </c>
-      <c r="F125">
+      <c r="F127">
         <v>538.2000</v>
       </c>
-      <c r="G125"/>
-[...14 lines deleted...]
-      <c r="D126" t="inlineStr">
+      <c r="G127"/>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>282</v>
+      </c>
+      <c r="B128" t="s">
+        <v>282</v>
+      </c>
+      <c r="C128" t="s">
+        <v>24</v>
+      </c>
+      <c r="D128" t="inlineStr">
         <is>
           <t>Robust -T1
 Components：
 440 Stainless (Blade/Scissors ） 420 Stainless (Handle：420 Stainless 1.Needlenose Pliers 2.Regular Pliers 3.Wire Cutter 4.Blade 5.Scissors 6.Multipurpose Cutter 7.Bottle Opener With Flat Screwdriver 8.Can Opener With Flat Screwdriver 9.Phillips Screwdriver 10.Reamer 11.Metal File 12.Ruler 13.Saw 14.Wire Stripper 15.Belt Clip)..</t>
         </is>
       </c>
-      <c r="E126">
+      <c r="E128">
         <v>920.92</v>
       </c>
-      <c r="F126">
+      <c r="F128">
         <v>800.8000</v>
       </c>
-      <c r="G126"/>
-      <c r="H126">
+      <c r="G128"/>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
         <v>283</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D127" t="inlineStr">
+      <c r="B129" t="s">
+        <v>284</v>
+      </c>
+      <c r="C129" t="s">
+        <v>27</v>
+      </c>
+      <c r="D129" t="inlineStr">
         <is>
           <t>Marlin Rimfire MAR-1 (1lb – 2.5lb pull)
 Rated&amp;nbsp;4.94&amp;nbsp;out of 5 based on&amp;nbsp;34customer ratings
 • Marlin Rimfire Replacement trigger for the following models prior to 2005 including models: 15, 25, 780, 781, 782, 783, 880, 882, 883, 17 V, 17 VS &amp;amp; 2000.
 • Comes complete with instructions, hardware pack, and wrench for easy user installation.
 • Weight of pull range between 1lb – 2.5lbs.
 • Available in Black &amp;amp; Silver..</t>
         </is>
       </c>
-      <c r="E127">
+      <c r="E129">
         <v>4455.1</v>
       </c>
-      <c r="F127">
+      <c r="F129">
         <v>3874.0000</v>
       </c>
-      <c r="G127"/>
-[...8 lines deleted...]
-      <c r="B128" t="s">
+      <c r="G129"/>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
         <v>285</v>
       </c>
-      <c r="C128" t="s">
-[...2 lines deleted...]
-      <c r="D128" t="inlineStr">
+      <c r="B130" t="s">
+        <v>286</v>
+      </c>
+      <c r="C130" t="s">
+        <v>24</v>
+      </c>
+      <c r="D130" t="inlineStr">
         <is>
           <t>Robust -T3 Multitool
 Multi-Functional 11 in-1 Durable Stainless Steel Multi Tool Knife Folding Pliers.&amp;nbsp; &amp;nbsp;(Also see T8 Combo- Your favourite T8 was split in two)
 Material :2cr13 Surface process.&amp;nbsp; Sand blasted stainless steel handle.&amp;nbsp;&amp;nbsp;Closed size :115mm x 40mm x 20mm Weight :0.350 kg.&amp;nbsp; Blades 420.Stainless steel.
 1. Can opener 2. Rescue hook 3. Flat-head screwdriver 4. Double-sided file 5. Box opener 6. Scissors 7 Knife 8. Phillips screwdriver 9. Flat-head sc..</t>
         </is>
       </c>
-      <c r="E128">
+      <c r="E130">
         <v>384.997</v>
       </c>
-      <c r="F128">
+      <c r="F130">
         <v>334.7800</v>
       </c>
-      <c r="G128"/>
-[...8 lines deleted...]
-      <c r="B129" t="s">
+      <c r="G130"/>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
         <v>287</v>
       </c>
-      <c r="C129" t="s">
-[...2 lines deleted...]
-      <c r="D129" t="inlineStr">
+      <c r="B131" t="s">
+        <v>288</v>
+      </c>
+      <c r="C131" t="s">
+        <v>27</v>
+      </c>
+      <c r="D131" t="inlineStr">
         <is>
           <t>Ruger RU-MK II All Centerfire’s (14oz-2.5lb)
 Rated&amp;nbsp;4.88&amp;nbsp;out of 5 based on&amp;nbsp;16customer ratings
 • Replacement trigger for current Ruger bolt action centerfire rifles (See our RU-R for .357 &amp;amp; .44). Aftermarket trigger of choice for Ruger’s.
 • Kit fits Ruger M77 &amp;amp; M77 Mark II
 • Kit fits new “Hawkeye” Models with LC6 Trigger.
 • Kit also fits the Ruger SCOUT
 • Right or Left hand application
 • Comes complete with instructions, hardware pack, and wrench for easy user ins..</t>
         </is>
       </c>
-      <c r="E129">
+      <c r="E131">
         <v>4036.5</v>
       </c>
-      <c r="F129">
+      <c r="F131">
         <v>3510.0000</v>
       </c>
-      <c r="G129"/>
-[...8 lines deleted...]
-      <c r="B130" t="s">
+      <c r="G131"/>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
         <v>289</v>
       </c>
-      <c r="C130" t="s">
-[...2 lines deleted...]
-      <c r="D130" t="inlineStr">
+      <c r="B132" t="s">
+        <v>290</v>
+      </c>
+      <c r="C132" t="s">
+        <v>27</v>
+      </c>
+      <c r="D132" t="inlineStr">
         <is>
           <t>Ruger RU-R Rimfire .22 &amp;amp; .17 (14oz-2.5lb)
 Rated&amp;nbsp;4.77&amp;nbsp;out of 5 based on&amp;nbsp;13customer ratings
 • Replacement trigger for current Ruger bolt action rimfire 77/.22 &amp;amp; 77/.17 (plus Hornet) also fits .44, .22 &amp;amp; .357 Magnum
 • Does not fit the Ruger American Rifle
 • Right or left hand operation
 • Comes complete with instructions, hardware pack, and wrench for easy user installation.
 • Weight of pull range: 14oz.-2.5lbs
 • Available in Black or Silver..</t>
         </is>
       </c>
-      <c r="E130">
+      <c r="E132">
         <v>4036.5</v>
       </c>
-      <c r="F130">
+      <c r="F132">
         <v>3510.0000</v>
       </c>
-      <c r="G130"/>
-[...8 lines deleted...]
-      <c r="B131" t="s">
+      <c r="G132"/>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
         <v>291</v>
       </c>
-      <c r="C131" t="s">
-[...2 lines deleted...]
-      <c r="D131" t="inlineStr">
+      <c r="B133" t="s">
+        <v>292</v>
+      </c>
+      <c r="C133" t="s">
+        <v>27</v>
+      </c>
+      <c r="D133" t="inlineStr">
         <is>
           <t>Marlin Rimfire MAR-917 (1lb – 2.5lb pull)
 Rated&amp;nbsp;5.00&amp;nbsp;out of 5 based on&amp;nbsp;9customer ratings
 • Replacement trigger for the following Marlin firearms models: 915, 917, 925, 980, 981, 982 &amp;amp; 983.
 • Replaces ‘T-900’ trigger system
 • Does not fit 2011 XT Pro-Fire trigger or the XR-17V
 • Comes complete with instruction sheet, hardware pack, and adjustment wrench for easy user installation
 • Weight of pull range 1lbs to 2.5lbs
 • Available in Black or Silver
 &amp;nbsp;..</t>
         </is>
       </c>
-      <c r="E131">
+      <c r="E133">
         <v>4455.1</v>
       </c>
-      <c r="F131">
+      <c r="F133">
         <v>3874.0000</v>
       </c>
-      <c r="G131"/>
-[...21 lines deleted...]
-      <c r="E132">
+      <c r="G133"/>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>293</v>
+      </c>
+      <c r="B134" t="s">
+        <v>293</v>
+      </c>
+      <c r="C134" t="s">
+        <v>103</v>
+      </c>
+      <c r="D134" t="inlineStr">
+        <is>
+          <t>This cable fits either the AutoTrickler or AutoThrow motor. If the motor is shaking in place and not turning, the most likely reason is one of the four wires in this cable is broken.&amp;nbsp;Not suitable for the V4 AutoTrickler...</t>
+        </is>
+      </c>
+      <c r="E134">
         <v>339.25</v>
       </c>
-      <c r="F132">
+      <c r="F134">
         <v>295.0000</v>
       </c>
-      <c r="G132"/>
-[...8 lines deleted...]
-      <c r="B133" t="s">
+      <c r="G134"/>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
         <v>294</v>
       </c>
-      <c r="C133" t="s">
-[...2 lines deleted...]
-      <c r="D133" t="inlineStr">
+      <c r="B135" t="s">
+        <v>295</v>
+      </c>
+      <c r="C135" t="s">
+        <v>24</v>
+      </c>
+      <c r="D135" t="inlineStr">
         <is>
           <t>Robust Pouch&amp;nbsp;
 Dark Brown Cow leather, strengthened and redesigned for Robust multitools.&amp;nbsp; &amp;nbsp;Pouches made to shape.
 Place tool in pouch taking care it is straight.&amp;nbsp; With tool in pouch take wet cloth and wet leather on top thoroughly, let dry, and repeat, 3 to 4 times over 24 hours, whilst keeping the tool in the pouch.&amp;nbsp; This should give you a snug fit and vintage look...</t>
         </is>
       </c>
-      <c r="E133">
+      <c r="E135">
         <v>161</v>
       </c>
-      <c r="F133">
+      <c r="F135">
         <v>140.0000</v>
       </c>
-      <c r="G133"/>
-[...8 lines deleted...]
-      <c r="B134" t="s">
+      <c r="G135"/>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
         <v>296</v>
       </c>
-      <c r="C134" t="s">
-[...2 lines deleted...]
-      <c r="D134" t="inlineStr">
+      <c r="B136" t="s">
+        <v>297</v>
+      </c>
+      <c r="C136" t="s">
+        <v>24</v>
+      </c>
+      <c r="D136" t="s">
+        <v>298</v>
+      </c>
+      <c r="E136">
+        <v>368</v>
+      </c>
+      <c r="F136">
+        <v>320.0000</v>
+      </c>
+      <c r="G136"/>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>299</v>
+      </c>
+      <c r="B137" t="s">
+        <v>300</v>
+      </c>
+      <c r="C137" t="s">
+        <v>24</v>
+      </c>
+      <c r="D137" t="inlineStr">
         <is>
           <t>Robust Pouch Light Brown
 &amp;nbsp;
 Cows leather, strengthened and redesigned for Robust multitools.&amp;nbsp; &amp;nbsp;Pouches made to shape to give you a snug fit and vintage look.
 Place tool in pouch taking care it is straight. &amp;nbsp;With tool in pouch take wet cloth and wet leather on top thoroughly, let dry, and repeat, 3 to 4 times over 24 hours, whilst keeping the tool in the pouch. &amp;nbsp;This should give you a snug fit and vintage look...</t>
         </is>
       </c>
-      <c r="E134">
+      <c r="E137">
         <v>161</v>
       </c>
-      <c r="F134">
+      <c r="F137">
         <v>140.0000</v>
       </c>
-      <c r="G134"/>
-[...17 lines deleted...]
-      <c r="E135">
+      <c r="G137"/>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>301</v>
+      </c>
+      <c r="B138" t="s">
+        <v>302</v>
+      </c>
+      <c r="C138" t="s">
+        <v>24</v>
+      </c>
+      <c r="D138" t="s">
+        <v>303</v>
+      </c>
+      <c r="E138">
+        <v>368</v>
+      </c>
+      <c r="F138">
+        <v>320.0000</v>
+      </c>
+      <c r="G138"/>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>304</v>
+      </c>
+      <c r="B139" t="s">
+        <v>305</v>
+      </c>
+      <c r="C139" t="s">
+        <v>24</v>
+      </c>
+      <c r="D139" t="s">
+        <v>306</v>
+      </c>
+      <c r="E139">
+        <v>184</v>
+      </c>
+      <c r="F139">
+        <v>160.0000</v>
+      </c>
+      <c r="G139"/>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>307</v>
+      </c>
+      <c r="B140" t="s">
+        <v>308</v>
+      </c>
+      <c r="C140" t="s">
+        <v>24</v>
+      </c>
+      <c r="D140" t="s">
+        <v>309</v>
+      </c>
+      <c r="E140">
         <v>115</v>
       </c>
-      <c r="F135">
+      <c r="F140">
         <v>100.0000</v>
       </c>
-      <c r="G135"/>
-[...17 lines deleted...]
-      <c r="E136">
+      <c r="G140"/>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>310</v>
+      </c>
+      <c r="B141" t="s">
+        <v>311</v>
+      </c>
+      <c r="C141" t="s">
+        <v>24</v>
+      </c>
+      <c r="D141" t="s">
+        <v>312</v>
+      </c>
+      <c r="E141">
         <v>74.75</v>
       </c>
-      <c r="F136">
+      <c r="F141">
         <v>65.0000</v>
       </c>
-      <c r="G136"/>
-[...14 lines deleted...]
-      <c r="D137" t="inlineStr">
+      <c r="G141"/>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>313</v>
+      </c>
+      <c r="B142" t="s">
+        <v>314</v>
+      </c>
+      <c r="C142" t="s">
+        <v>27</v>
+      </c>
+      <c r="D142" t="inlineStr">
         <is>
           <t>Ruger RU-T Trigger Sear
 Rated&amp;nbsp;4.98&amp;nbsp;out of 5 based on&amp;nbsp;43customer ratings
 &amp;nbsp;
 • Replacement Sear for early bolt action centerfire Ruger with ‘Tang’ Safety.
 • Produces clean, crisp, light pull operation in conjunction with fully adjustable factory trigger.
 • Uses factory safety.
 • Weight of pull range 14 oz to 2 lbs
 • Comes complete with instruction sheet for easy installation..</t>
         </is>
       </c>
-      <c r="E137">
+      <c r="E142">
         <v>1420.25</v>
       </c>
-      <c r="F137">
+      <c r="F142">
         <v>1235.0000</v>
       </c>
-      <c r="G137"/>
-[...14 lines deleted...]
-      <c r="D138" t="inlineStr">
+      <c r="G142"/>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>315</v>
+      </c>
+      <c r="B143" t="s">
+        <v>316</v>
+      </c>
+      <c r="C143" t="s">
+        <v>317</v>
+      </c>
+      <c r="D143" t="inlineStr">
         <is>
           <t>CLARX - Rechargeable LED Magnifier headset
 CLARX - Rechargeable LED Magnifier headset with 5x interchangeable lenses and headset. (Buy the Brand buy the peace of mind!)..</t>
         </is>
       </c>
-      <c r="E138">
+      <c r="E143">
         <v>322</v>
       </c>
-      <c r="F138">
+      <c r="F143">
         <v>280.0000</v>
       </c>
-      <c r="G138" t="s">
-[...87 lines deleted...]
-      <c r="B142" t="s">
+      <c r="G143" t="s">
         <v>318</v>
-      </c>
-[...38 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
+        <v>319</v>
+      </c>
+      <c r="B144" t="s">
+        <v>320</v>
+      </c>
+      <c r="C144" t="s">
+        <v>24</v>
+      </c>
+      <c r="D144" t="s">
+        <v>321</v>
+      </c>
+      <c r="E144">
+        <v>161</v>
+      </c>
+      <c r="F144">
+        <v>140.0000</v>
+      </c>
+      <c r="G144"/>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>322</v>
+      </c>
+      <c r="B145" t="s">
         <v>323</v>
       </c>
-      <c r="B144" t="s">
-[...5 lines deleted...]
-      <c r="D144" t="s" s="2">
+      <c r="C145" t="s">
+        <v>24</v>
+      </c>
+      <c r="D145" t="s">
         <v>324</v>
       </c>
-      <c r="E144">
+      <c r="E145">
+        <v>161</v>
+      </c>
+      <c r="F145">
+        <v>140.0000</v>
+      </c>
+      <c r="G145"/>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>325</v>
+      </c>
+      <c r="B146" t="s">
+        <v>326</v>
+      </c>
+      <c r="C146" t="s">
+        <v>24</v>
+      </c>
+      <c r="D146" t="s">
+        <v>327</v>
+      </c>
+      <c r="E146">
+        <v>0</v>
+      </c>
+      <c r="F146">
+        <v>0.0000</v>
+      </c>
+      <c r="G146"/>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>328</v>
+      </c>
+      <c r="B147" t="s">
+        <v>329</v>
+      </c>
+      <c r="C147" t="s">
+        <v>31</v>
+      </c>
+      <c r="D147" t="s">
+        <v>330</v>
+      </c>
+      <c r="E147">
+        <v>747.5</v>
+      </c>
+      <c r="F147">
+        <v>650.0000</v>
+      </c>
+      <c r="G147"/>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>331</v>
+      </c>
+      <c r="B148" t="s">
+        <v>331</v>
+      </c>
+      <c r="C148" t="s">
+        <v>31</v>
+      </c>
+      <c r="D148" t="s" s="2">
+        <v>332</v>
+      </c>
+      <c r="E148">
         <v>51.75</v>
       </c>
-      <c r="F144">
+      <c r="F148">
         <v>45.0000</v>
       </c>
-      <c r="G144"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G148"/>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>